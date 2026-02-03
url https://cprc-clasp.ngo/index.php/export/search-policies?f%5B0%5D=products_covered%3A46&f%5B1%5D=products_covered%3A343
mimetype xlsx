--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -460,69 +460,69 @@
   <si>
     <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
   </si>
   <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
     <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
     <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
@@ -1991,51 +1991,51 @@
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>147</v>
       </c>
       <c r="B20" t="s">
         <v>148</v>
       </c>
       <c r="C20" t="s">
         <v>149</v>
       </c>
       <c r="D20" t="s">
         <v>150</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>34</v>
       </c>
       <c r="G20" t="s">
         <v>35</v>
       </c>
       <c r="H20">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>151</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>152</v>
       </c>
       <c r="N20" t="s">
         <v>39</v>
       </c>
       <c r="O20" t="s">
         <v>153</v>
       </c>
       <c r="P20" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>155</v>