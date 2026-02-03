--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -594,50 +594,53 @@
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
@@ -724,53 +727,50 @@
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
   </si>
   <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
     <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
@@ -3258,397 +3258,397 @@
       </c>
       <c r="P28" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>189</v>
       </c>
       <c r="B29" t="s">
         <v>190</v>
       </c>
       <c r="C29" t="s">
         <v>191</v>
       </c>
       <c r="D29" t="s">
         <v>192</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>35</v>
+        <v>193</v>
       </c>
       <c r="H29">
         <v>2017</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>78</v>
       </c>
       <c r="K29" t="s">
         <v>37</v>
       </c>
       <c r="L29" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="M29" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="P29" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B30" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C30" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D30" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2016</v>
       </c>
       <c r="I30">
         <v>2019</v>
       </c>
       <c r="J30" t="s">
         <v>78</v>
       </c>
       <c r="K30" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P30" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B31" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C31" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D31" t="s">
         <v>67</v>
       </c>
       <c r="E31" t="s">
         <v>68</v>
       </c>
       <c r="F31" t="s">
         <v>69</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2012</v>
       </c>
       <c r="I31">
         <v>2019</v>
       </c>
       <c r="J31" t="s">
         <v>70</v>
       </c>
       <c r="K31" t="s">
         <v>37</v>
       </c>
       <c r="L31" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="M31" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="P31" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B32" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C32" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D32" t="s">
         <v>33</v>
       </c>
       <c r="E32" t="s">
         <v>68</v>
       </c>
       <c r="F32" t="s">
         <v>69</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2004</v>
       </c>
       <c r="I32">
         <v>2020</v>
       </c>
       <c r="J32" t="s">
         <v>70</v>
       </c>
       <c r="K32" t="s">
         <v>37</v>
       </c>
       <c r="L32" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="M32" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="P32" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B33" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C33" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D33" t="s">
         <v>44</v>
       </c>
       <c r="E33" t="s">
         <v>68</v>
       </c>
       <c r="F33" t="s">
         <v>69</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2001</v>
       </c>
       <c r="I33">
         <v>2018</v>
       </c>
       <c r="J33" t="s">
         <v>70</v>
       </c>
       <c r="K33" t="s">
         <v>37</v>
       </c>
       <c r="L33" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="M33" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="P33" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B34" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C34" t="s">
         <v>32</v>
       </c>
       <c r="D34" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2010</v>
       </c>
       <c r="I34">
         <v>2021</v>
       </c>
       <c r="J34" t="s">
         <v>78</v>
       </c>
       <c r="K34" t="s">
         <v>37</v>
       </c>
       <c r="L34" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="M34" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="P34" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B35" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C35" t="s">
         <v>32</v>
       </c>
       <c r="D35" t="s">
         <v>44</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2011</v>
       </c>
       <c r="I35">
         <v>2016</v>
       </c>
       <c r="J35" t="s">
         <v>70</v>
       </c>
       <c r="K35" t="s">
         <v>37</v>
       </c>
       <c r="L35" t="s">
         <v>45</v>
       </c>
       <c r="M35" t="s">
         <v>39</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="P35" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B36" t="s">
         <v>31</v>
       </c>
       <c r="C36" t="s">
         <v>32</v>
       </c>
       <c r="D36" t="s">
         <v>33</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>235</v>
+        <v>193</v>
       </c>
       <c r="H36">
         <v>2018</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>236</v>
       </c>
       <c r="K36" t="s">
         <v>37</v>
       </c>
       <c r="L36" t="s">
         <v>38</v>
       </c>
       <c r="M36" t="s">
         <v>237</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
         <v>238</v>
       </c>
       <c r="P36" t="s">
         <v>239</v>
@@ -4127,51 +4127,51 @@
       </c>
       <c r="O46" t="s">
         <v>290</v>
       </c>
       <c r="P46" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>292</v>
       </c>
       <c r="B47" t="s">
         <v>293</v>
       </c>
       <c r="C47" t="s">
         <v>294</v>
       </c>
       <c r="D47" t="s">
         <v>51</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2012</v>
       </c>
       <c r="I47">
         <v>2014</v>
       </c>
       <c r="J47" t="s">
         <v>138</v>
       </c>
       <c r="K47" t="s">
         <v>37</v>
       </c>
       <c r="L47" t="s">
         <v>295</v>
       </c>
       <c r="M47" t="s">
         <v>296</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
@@ -4271,51 +4271,51 @@
       </c>
       <c r="O49" t="s">
         <v>311</v>
       </c>
       <c r="P49" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>313</v>
       </c>
       <c r="B50" t="s">
         <v>314</v>
       </c>
       <c r="C50" t="s">
         <v>315</v>
       </c>
       <c r="D50" t="s">
         <v>316</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2008</v>
       </c>
       <c r="I50">
         <v>2020</v>
       </c>
       <c r="J50" t="s">
         <v>317</v>
       </c>
       <c r="K50" t="s">
         <v>37</v>
       </c>
       <c r="L50" t="s">
         <v>318</v>
       </c>
       <c r="M50" t="s">
         <v>319</v>
       </c>
       <c r="N50" t="s">
         <v>249</v>
       </c>
@@ -4799,101 +4799,101 @@
       </c>
       <c r="O60" t="s">
         <v>366</v>
       </c>
       <c r="P60" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
         <v>368</v>
       </c>
       <c r="B61" t="s">
         <v>369</v>
       </c>
       <c r="C61" t="s">
         <v>370</v>
       </c>
       <c r="D61" t="s">
         <v>371</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2017</v>
       </c>
       <c r="I61">
         <v>2021</v>
       </c>
       <c r="J61" t="s">
         <v>372</v>
       </c>
       <c r="K61" t="s">
         <v>373</v>
       </c>
       <c r="L61" t="s">
         <v>374</v>
       </c>
       <c r="M61" t="s">
         <v>375</v>
       </c>
       <c r="N61" t="s">
         <v>249</v>
       </c>
       <c r="O61" t="s">
         <v>376</v>
       </c>
       <c r="P61" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>378</v>
       </c>
       <c r="B62" t="s">
         <v>379</v>
       </c>
       <c r="C62" t="s">
         <v>380</v>
       </c>
       <c r="D62" t="s">
         <v>91</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="G62" t="s">
         <v>381</v>
       </c>
       <c r="H62">
         <v>2024</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
         <v>382</v>
       </c>
       <c r="K62" t="s">
         <v>37</v>
       </c>
       <c r="L62" t="s">
         <v>383</v>
       </c>
       <c r="M62" t="s">
         <v>384</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
         <v>385</v>
@@ -5569,51 +5569,51 @@
       </c>
       <c r="O76" t="s">
         <v>473</v>
       </c>
       <c r="P76" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
         <v>475</v>
       </c>
       <c r="B77" t="s">
         <v>476</v>
       </c>
       <c r="C77" t="s">
         <v>477</v>
       </c>
       <c r="D77" t="s">
         <v>478</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2012</v>
       </c>
       <c r="I77">
         <v>2014</v>
       </c>
       <c r="J77" t="s">
         <v>394</v>
       </c>
       <c r="K77" t="s">
         <v>37</v>
       </c>
       <c r="L77" t="s">
         <v>479</v>
       </c>
       <c r="M77" t="s">
         <v>480</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>