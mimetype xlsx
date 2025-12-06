--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,769 +12,1010 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>CEL- Rice cookers</t>
   </si>
   <si>
+    <t>This policy covers rice cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>GB 4706.1; GB 4706.19; QB/T 4099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL-016. Automatic Electric Rice Cooker</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Applies to automatic electric rice cookers working under normal voltage and rated power lower than 2000W, with electric heating elements as the heat source.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 4706.19 GB 12021.6-2008 CCEC/T11-2006 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-016-automatic-electric-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99(1).pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Draft rice cooker policy</t>
   </si>
   <si>
+    <t>Rice cookers. No information available</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-rice-cooker-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Cookers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8516.60.20.00-4 under the electric cookers category including both the direct-heat and indirect heat types; or recognized by the Bureau of Energy of MOEA as electric cookers; and shall also meet the requirements of CNS 2518.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 2518</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-cookers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=21</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Rice Cookers</t>
   </si>
   <si>
+    <t>By Annex 1 household electric rice-cooker and rice-warmer with a rated capacity 20 person or less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-rice-cookers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
+    <t>Electric rice cookers</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120216-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81DDAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>Greenmark N102 - Electric Cookers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric cookers which meet the definition of CNS 2518.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n102-electric-cookers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/102/20181362-65c6-4169-ac8e-83a9e68578d5.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Rice Cookers, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric rice cookers that automatically convert electricity into heat for cooking rice and maintaining a certain warming temperature range. It covers electric rice cookers with a wattage range from 400 to 800 watts.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-electric-rice-cookers-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/47.PDF</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Rice Cooker</t>
   </si>
   <si>
+    <t>This regulation revised energy efficiency grades and labeling for electric rice cooker, pursuant to Article 15 of the Energy Use Rationalization Act. Products in scope include electric rice cookers with a rated voltage of 220 V with a single-phase alternating current, and electric rice cookers with a rated voltage of 220 V and an electric warmer.</t>
+  </si>
+  <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS A 0006
 ,   
                     KS Q 5002
 ,   
                     KS A 0078
 ,   
                     KS A 0511
 ,   
                     KS C 9310
 ,   
                     KS C 9312
 ,   
                     KS G 3602
 ,</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for rice cookers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82522015-rice-cookers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8252-2015-noi-com-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric rice-cookers TGL-73-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric rice cookers with a rated voltage not exceeding 250 V and with a capacity not exceeding 10 liters for residential use or similar purposes.</t>
+  </si>
+  <si>
     <t>TIS 1039</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-rice-cookers-tgl-73-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-73-12.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Rice Cookers</t>
   </si>
   <si>
+    <t>This program covers electric thermos pot types (classified by the operation of work) - normal type and auto warm.</t>
+  </si>
+  <si>
     <t>JIS C 9213-1988</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cookers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/rc.pdf</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electric Rice Cookers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electric heating elements for heating source operated at atmospheric pressure rice-cookers and the maximum rated power consumption not exceeding 2 kW. The scheme does not cover induction heating electric rice-cookers.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>CCEC/T11-2006 JIS C9212 QB/T 3899</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electric-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Rice%20Cookers%202020_eng_v2.7%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2545-2555 (2012) Electric rice-cookers : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies heat efficiency requirements for household electric rice cookers. Covers only single-phase electric rice cookers with a rated frequency of 50 Hz, a rated voltage not exceeding 250 volts, a rated power supply not exceeding 2 kW, and a rated capacity not exceeding 5 Litres. This policy prescribes the general requirements, mark, sampling, and criteria for conformity and testing.</t>
+  </si>
+  <si>
     <t>Kitchen, Rice Cookers</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2545-2555-2012-electric-rice-cookers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/006/16.PDF</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1038,1831 +1279,2080 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N41"/>
+  <dimension ref="A1:P41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="200.38" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...6 lines deleted...]
-      <c r="I3" t="s">
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...32 lines deleted...]
-        <v>2010</v>
+      <c r="G4" t="s">
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2010</v>
       </c>
-      <c r="I4" t="s">
+      <c r="I4">
+        <v>2010</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6">
+        <v>2002</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>64</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7">
+        <v>2023</v>
+      </c>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
         <v>32</v>
       </c>
-      <c r="J4" t="s">
+      <c r="E8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...28 lines deleted...]
-      <c r="F5" t="s">
+      <c r="G8" t="s">
+        <v>72</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
-[...3 lines deleted...]
-      <c r="I5" t="s">
+      <c r="E9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F9" t="s">
+        <v>54</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>53</v>
+      </c>
+      <c r="F10" t="s">
+        <v>54</v>
+      </c>
+      <c r="G10" t="s">
         <v>38</v>
-      </c>
-[...196 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H10">
         <v>2010</v>
       </c>
-      <c r="I10" t="s">
-        <v>68</v>
+      <c r="I10">
+        <v>2010</v>
       </c>
       <c r="J10" t="s">
+        <v>87</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>79</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...32 lines deleted...]
-        <v>2010</v>
+      <c r="G11" t="s">
+        <v>38</v>
       </c>
       <c r="H11">
         <v>2010</v>
       </c>
-      <c r="I11" t="s">
-        <v>63</v>
+      <c r="I11">
+        <v>2010</v>
       </c>
       <c r="J11" t="s">
+        <v>80</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>81</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>53</v>
+      </c>
+      <c r="F12" t="s">
+        <v>54</v>
+      </c>
+      <c r="G12" t="s">
+        <v>38</v>
+      </c>
+      <c r="H12">
+        <v>2001</v>
+      </c>
+      <c r="I12">
+        <v>2018</v>
+      </c>
+      <c r="J12" t="s">
+        <v>39</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>99</v>
+      </c>
+      <c r="M12" t="s">
+        <v>100</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" t="s">
+        <v>53</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K11"/>
-[...26 lines deleted...]
-      <c r="F12" t="s">
+      <c r="G13" t="s">
+        <v>38</v>
+      </c>
+      <c r="H13">
+        <v>2006</v>
+      </c>
+      <c r="I13">
+        <v>2008</v>
+      </c>
+      <c r="J13" t="s">
+        <v>106</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="G12">
-[...5 lines deleted...]
-      <c r="I12" t="s">
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
         <v>32</v>
       </c>
-      <c r="J12" t="s">
-[...11 lines deleted...]
-      <c r="N12" t="s">
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>46</v>
+      </c>
+      <c r="G14" t="s">
+        <v>111</v>
+      </c>
+      <c r="H14">
+        <v>1989</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>112</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>33</v>
+      </c>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D15" t="s">
+        <v>119</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>46</v>
+      </c>
+      <c r="G15" t="s">
+        <v>38</v>
+      </c>
+      <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
+        <v>2024</v>
+      </c>
+      <c r="J15" t="s">
+        <v>112</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>120</v>
+      </c>
+      <c r="M15" t="s">
+        <v>121</v>
+      </c>
+      <c r="N15" t="s">
+        <v>122</v>
+      </c>
+      <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>127</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>46</v>
+      </c>
+      <c r="G16" t="s">
+        <v>38</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>55</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>128</v>
+      </c>
+      <c r="M16" t="s">
+        <v>113</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>46</v>
+      </c>
+      <c r="G17" t="s">
+        <v>38</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17">
+        <v>2016</v>
+      </c>
+      <c r="J17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>25</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
+        <v>137</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>46</v>
+      </c>
+      <c r="G18" t="s">
+        <v>38</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
+        <v>2012</v>
+      </c>
+      <c r="J18" t="s">
+        <v>138</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>139</v>
+      </c>
+      <c r="M18" t="s">
+        <v>140</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>141</v>
+      </c>
+      <c r="P18" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>143</v>
+      </c>
+      <c r="B19" t="s">
+        <v>144</v>
+      </c>
+      <c r="C19" t="s">
+        <v>86</v>
+      </c>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
+        <v>53</v>
+      </c>
+      <c r="F19" t="s">
+        <v>54</v>
+      </c>
+      <c r="G19" t="s">
+        <v>38</v>
+      </c>
+      <c r="H19">
+        <v>2010</v>
+      </c>
+      <c r="I19">
+        <v>2014</v>
+      </c>
+      <c r="J19" t="s">
+        <v>87</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>145</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>146</v>
+      </c>
+      <c r="P19" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>148</v>
+      </c>
+      <c r="B20" t="s">
+        <v>149</v>
+      </c>
+      <c r="C20" t="s">
+        <v>150</v>
+      </c>
+      <c r="D20" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>151</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2020</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>152</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>153</v>
+      </c>
+      <c r="M20" t="s">
+        <v>154</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>155</v>
+      </c>
+      <c r="P20" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>157</v>
+      </c>
+      <c r="B21" t="s">
+        <v>158</v>
+      </c>
+      <c r="C21" t="s">
+        <v>159</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>46</v>
+      </c>
+      <c r="G21" t="s">
+        <v>38</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21">
+        <v>2014</v>
+      </c>
+      <c r="J21" t="s">
+        <v>39</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>160</v>
+      </c>
+      <c r="M21" t="s">
+        <v>161</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>162</v>
+      </c>
+      <c r="P21" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>164</v>
+      </c>
+      <c r="B22" t="s">
+        <v>165</v>
+      </c>
+      <c r="C22" t="s">
+        <v>166</v>
+      </c>
+      <c r="D22" t="s">
+        <v>32</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>46</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2022</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>167</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>168</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>169</v>
+      </c>
+      <c r="P22" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>171</v>
+      </c>
+      <c r="B23" t="s">
+        <v>172</v>
+      </c>
+      <c r="C23" t="s">
+        <v>166</v>
+      </c>
+      <c r="D23" t="s">
+        <v>52</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>46</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>173</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>168</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>174</v>
+      </c>
+      <c r="P23" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>175</v>
+      </c>
+      <c r="B24" t="s">
+        <v>176</v>
+      </c>
+      <c r="C24" t="s">
+        <v>177</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>46</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2008</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>87</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>178</v>
+      </c>
+      <c r="M24" t="s">
+        <v>179</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>180</v>
+      </c>
+      <c r="P24" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>182</v>
+      </c>
+      <c r="B25" t="s">
+        <v>183</v>
+      </c>
+      <c r="C25" t="s">
+        <v>79</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>46</v>
+      </c>
+      <c r="G25" t="s">
+        <v>38</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>55</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>184</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>185</v>
+      </c>
+      <c r="P25" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>187</v>
+      </c>
+      <c r="B26" t="s">
         <v>78</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" t="s">
+      <c r="C26" t="s">
         <v>79</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>46</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
         <v>80</v>
       </c>
-      <c r="C13" t="s">
-[...17 lines deleted...]
-      <c r="I13" t="s">
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
         <v>81</v>
       </c>
-      <c r="J13" t="s">
-[...29 lines deleted...]
-      <c r="F14" t="s">
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>188</v>
+      </c>
+      <c r="P26" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>190</v>
+      </c>
+      <c r="B27" t="s">
+        <v>191</v>
+      </c>
+      <c r="C27" t="s">
+        <v>192</v>
+      </c>
+      <c r="D27" t="s">
+        <v>32</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>151</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2021</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>55</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>193</v>
+      </c>
+      <c r="M27" t="s">
+        <v>194</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>195</v>
+      </c>
+      <c r="P27" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>197</v>
+      </c>
+      <c r="B28"/>
+      <c r="C28" t="s">
+        <v>86</v>
+      </c>
+      <c r="D28" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>46</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2020</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>55</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>145</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>198</v>
+      </c>
+      <c r="P28" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>200</v>
+      </c>
+      <c r="B29" t="s">
+        <v>201</v>
+      </c>
+      <c r="C29" t="s">
+        <v>192</v>
+      </c>
+      <c r="D29" t="s">
+        <v>202</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>151</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2021</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>55</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>203</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>204</v>
+      </c>
+      <c r="P29" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>206</v>
+      </c>
+      <c r="B30" t="s">
+        <v>207</v>
+      </c>
+      <c r="C30" t="s">
+        <v>208</v>
+      </c>
+      <c r="D30" t="s">
+        <v>32</v>
+      </c>
+      <c r="E30" t="s">
+        <v>53</v>
+      </c>
+      <c r="F30" t="s">
+        <v>209</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2009</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>210</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>211</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>212</v>
+      </c>
+      <c r="P30" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>214</v>
+      </c>
+      <c r="B31" t="s">
+        <v>215</v>
+      </c>
+      <c r="C31" t="s">
+        <v>216</v>
+      </c>
+      <c r="D31" t="s">
+        <v>217</v>
+      </c>
+      <c r="E31" t="s">
+        <v>218</v>
+      </c>
+      <c r="F31" t="s">
+        <v>151</v>
+      </c>
+      <c r="G31" t="s">
+        <v>72</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>219</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31"/>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>220</v>
+      </c>
+      <c r="P31" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>222</v>
+      </c>
+      <c r="B32" t="s">
+        <v>223</v>
+      </c>
+      <c r="C32" t="s">
+        <v>224</v>
+      </c>
+      <c r="D32" t="s">
+        <v>225</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>151</v>
+      </c>
+      <c r="G32" t="s">
+        <v>38</v>
+      </c>
+      <c r="H32">
+        <v>2017</v>
+      </c>
+      <c r="I32">
+        <v>2021</v>
+      </c>
+      <c r="J32" t="s">
+        <v>152</v>
+      </c>
+      <c r="K32" t="s">
+        <v>226</v>
+      </c>
+      <c r="L32" t="s">
+        <v>227</v>
+      </c>
+      <c r="M32" t="s">
+        <v>228</v>
+      </c>
+      <c r="N32" t="s">
+        <v>229</v>
+      </c>
+      <c r="O32" t="s">
+        <v>230</v>
+      </c>
+      <c r="P32" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>232</v>
+      </c>
+      <c r="B33" t="s">
+        <v>233</v>
+      </c>
+      <c r="C33" t="s">
+        <v>79</v>
+      </c>
+      <c r="D33" t="s">
+        <v>32</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>234</v>
+      </c>
+      <c r="G33" t="s">
+        <v>8</v>
+      </c>
+      <c r="H33">
+        <v>2004</v>
+      </c>
+      <c r="I33">
+        <v>2024</v>
+      </c>
+      <c r="J33" t="s">
+        <v>235</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>236</v>
+      </c>
+      <c r="M33" t="s">
+        <v>237</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>238</v>
+      </c>
+      <c r="P33" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>240</v>
+      </c>
+      <c r="B34" t="s">
+        <v>241</v>
+      </c>
+      <c r="C34" t="s">
+        <v>242</v>
+      </c>
+      <c r="D34" t="s">
         <v>19</v>
       </c>
-      <c r="G14">
-[...3 lines deleted...]
-      <c r="I14" t="s">
+      <c r="E34" t="s">
+        <v>53</v>
+      </c>
+      <c r="F34" t="s">
+        <v>54</v>
+      </c>
+      <c r="G34" t="s">
+        <v>38</v>
+      </c>
+      <c r="H34">
+        <v>2003</v>
+      </c>
+      <c r="I34">
+        <v>2012</v>
+      </c>
+      <c r="J34" t="s">
+        <v>243</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>244</v>
+      </c>
+      <c r="M34" t="s">
+        <v>245</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>246</v>
+      </c>
+      <c r="P34" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>248</v>
+      </c>
+      <c r="B35" t="s">
+        <v>249</v>
+      </c>
+      <c r="C35" t="s">
+        <v>62</v>
+      </c>
+      <c r="D35" t="s">
+        <v>32</v>
+      </c>
+      <c r="E35" t="s">
         <v>20</v>
       </c>
-      <c r="J14" t="s">
-[...866 lines deleted...]
-      </c>
       <c r="F35" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>46</v>
+      </c>
+      <c r="G35" t="s">
+        <v>38</v>
       </c>
       <c r="H35">
         <v>2015</v>
       </c>
-      <c r="I35" t="s">
-        <v>52</v>
+      <c r="I35">
+        <v>2015</v>
       </c>
       <c r="J35" t="s">
+        <v>65</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>66</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>250</v>
+      </c>
+      <c r="P35" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>252</v>
+      </c>
+      <c r="B36" t="s">
+        <v>253</v>
+      </c>
+      <c r="C36" t="s">
+        <v>208</v>
+      </c>
+      <c r="D36" t="s">
+        <v>32</v>
+      </c>
+      <c r="E36" t="s">
+        <v>53</v>
+      </c>
+      <c r="F36" t="s">
+        <v>54</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2012</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>210</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>254</v>
+      </c>
+      <c r="M36" t="s">
+        <v>255</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>256</v>
+      </c>
+      <c r="P36" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>258</v>
+      </c>
+      <c r="B37" t="s">
+        <v>259</v>
+      </c>
+      <c r="C37" t="s">
+        <v>208</v>
+      </c>
+      <c r="D37" t="s">
+        <v>32</v>
+      </c>
+      <c r="E37" t="s">
+        <v>53</v>
+      </c>
+      <c r="F37" t="s">
         <v>21</v>
       </c>
-      <c r="K35"/>
-[...26 lines deleted...]
-      <c r="F36" t="s">
+      <c r="G37" t="s">
+        <v>38</v>
+      </c>
+      <c r="H37">
+        <v>2011</v>
+      </c>
+      <c r="I37">
+        <v>2019</v>
+      </c>
+      <c r="J37" t="s">
+        <v>138</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>260</v>
+      </c>
+      <c r="M37" t="s">
+        <v>261</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>262</v>
+      </c>
+      <c r="P37" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>264</v>
+      </c>
+      <c r="B38" t="s">
+        <v>265</v>
+      </c>
+      <c r="C38" t="s">
+        <v>266</v>
+      </c>
+      <c r="D38" t="s">
         <v>19</v>
       </c>
-      <c r="G36">
-[...78 lines deleted...]
-      </c>
       <c r="E38" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>46</v>
+      </c>
+      <c r="G38" t="s">
+        <v>38</v>
       </c>
       <c r="H38">
         <v>2011</v>
       </c>
-      <c r="I38" t="s">
-        <v>44</v>
+      <c r="I38">
+        <v>2011</v>
       </c>
       <c r="J38" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="K38" t="s">
-        <v>196</v>
+        <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>197</v>
+        <v>267</v>
       </c>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>268</v>
       </c>
       <c r="N38" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>269</v>
+      </c>
+      <c r="P38" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>199</v>
+        <v>271</v>
       </c>
       <c r="B39" t="s">
-        <v>200</v>
+        <v>272</v>
       </c>
       <c r="C39" t="s">
-        <v>27</v>
+        <v>273</v>
       </c>
       <c r="D39" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="E39" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F39" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="G39">
+        <v>54</v>
+      </c>
+      <c r="G39" t="s">
+        <v>38</v>
+      </c>
+      <c r="H39">
         <v>2001</v>
       </c>
-      <c r="H39">
+      <c r="I39">
         <v>2020</v>
       </c>
-      <c r="I39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J39" t="s">
-        <v>21</v>
+        <v>274</v>
       </c>
       <c r="K39" t="s">
-        <v>202</v>
+        <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>203</v>
+        <v>275</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>276</v>
       </c>
       <c r="N39" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>277</v>
+      </c>
+      <c r="P39" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>205</v>
+        <v>279</v>
       </c>
       <c r="B40" t="s">
-        <v>153</v>
+        <v>280</v>
       </c>
       <c r="C40" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D40" t="s">
-        <v>42</v>
+        <v>281</v>
       </c>
       <c r="E40" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="F40" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G40">
+        <v>46</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
         <v>2013</v>
       </c>
-      <c r="H40"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>282</v>
       </c>
       <c r="N40" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>283</v>
+      </c>
+      <c r="P40" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>209</v>
+        <v>285</v>
       </c>
       <c r="B41" t="s">
-        <v>210</v>
+        <v>286</v>
       </c>
       <c r="C41" t="s">
-        <v>211</v>
+        <v>287</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>288</v>
       </c>
       <c r="E41" t="s">
-        <v>112</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="G41">
+        <v>151</v>
+      </c>
+      <c r="G41" t="s">
+        <v>38</v>
+      </c>
+      <c r="H41">
         <v>2012</v>
       </c>
-      <c r="H41">
+      <c r="I41">
         <v>2014</v>
       </c>
-      <c r="I41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J41" t="s">
-        <v>21</v>
+        <v>243</v>
       </c>
       <c r="K41" t="s">
-        <v>212</v>
+        <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>213</v>
+        <v>289</v>
       </c>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>290</v>
       </c>
       <c r="N41" t="s">
-        <v>214</v>
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>291</v>
+      </c>
+      <c r="P41" t="s">
+        <v>292</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>