--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,227 +12,261 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Game Consoles</t>
   </si>
   <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -496,323 +530,356 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="179" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="149" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="721.824" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="104.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-[...12 lines deleted...]
-      <c r="M2" t="s">
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...119 lines deleted...]
-        <v>45</v>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>