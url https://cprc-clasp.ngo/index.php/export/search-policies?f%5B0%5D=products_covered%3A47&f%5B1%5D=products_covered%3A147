--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,197 +12,216 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -466,233 +485,254 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="143" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="149" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="104.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2019</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...25 lines deleted...]
-      <c r="G3">
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H3"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="L3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
-        <v>35</v>
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>