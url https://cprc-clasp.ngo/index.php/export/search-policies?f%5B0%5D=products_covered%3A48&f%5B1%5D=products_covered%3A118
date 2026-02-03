--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="348">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="349">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -252,63 +252,64 @@
   <si>
     <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
   </si>
@@ -579,78 +580,81 @@
   <si>
     <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
   </si>
   <si>
     <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
   </si>
   <si>
     <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
@@ -1892,55 +1896,53 @@
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>78</v>
       </c>
       <c r="B10" t="s">
         <v>79</v>
       </c>
       <c r="C10" t="s">
         <v>80</v>
       </c>
       <c r="D10" t="s">
         <v>81</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>82</v>
       </c>
       <c r="H10">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
         <v>83</v>
       </c>
       <c r="K10" t="s">
         <v>36</v>
       </c>
       <c r="L10" t="s">
         <v>84</v>
       </c>
       <c r="M10" t="s">
         <v>85</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>86</v>
       </c>
       <c r="P10" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>88</v>
@@ -2717,1238 +2719,1238 @@
       </c>
       <c r="P26" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>185</v>
       </c>
       <c r="B27" t="s">
         <v>186</v>
       </c>
       <c r="C27" t="s">
         <v>42</v>
       </c>
       <c r="D27" t="s">
         <v>72</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>187</v>
       </c>
       <c r="H27">
         <v>2007</v>
       </c>
       <c r="I27">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J27" t="s">
         <v>113</v>
       </c>
       <c r="K27" t="s">
         <v>36</v>
       </c>
       <c r="L27" t="s">
         <v>124</v>
       </c>
       <c r="M27" t="s">
         <v>47</v>
       </c>
       <c r="N27" t="s">
         <v>48</v>
       </c>
       <c r="O27" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="P27" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B28" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C28" t="s">
         <v>42</v>
       </c>
       <c r="D28" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>8</v>
       </c>
       <c r="H28">
         <v>2007</v>
       </c>
       <c r="I28">
         <v>2025</v>
       </c>
       <c r="J28" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="K28" t="s">
         <v>36</v>
       </c>
       <c r="L28" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="M28" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="P28" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B29" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C29" t="s">
         <v>42</v>
       </c>
       <c r="D29" t="s">
         <v>43</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2008</v>
       </c>
       <c r="I29">
         <v>2008</v>
       </c>
       <c r="J29" t="s">
         <v>113</v>
       </c>
       <c r="K29" t="s">
         <v>36</v>
       </c>
       <c r="L29" t="s">
         <v>46</v>
       </c>
       <c r="M29" t="s">
         <v>47</v>
       </c>
       <c r="N29" t="s">
         <v>48</v>
       </c>
       <c r="O29" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="P29" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B30" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C30" t="s">
         <v>42</v>
       </c>
       <c r="D30" t="s">
         <v>53</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>34</v>
       </c>
       <c r="H30">
         <v>2016</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
         <v>113</v>
       </c>
       <c r="K30" t="s">
         <v>36</v>
       </c>
       <c r="L30" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="M30" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P30" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B31" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C31" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D31" t="s">
         <v>72</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2005</v>
       </c>
       <c r="I31">
         <v>2014</v>
       </c>
       <c r="J31" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="K31" t="s">
         <v>36</v>
       </c>
       <c r="L31" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="M31" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P31" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B32" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C32" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D32" t="s">
         <v>112</v>
       </c>
       <c r="E32" t="s">
         <v>97</v>
       </c>
       <c r="F32" t="s">
         <v>98</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2015</v>
       </c>
       <c r="I32">
         <v>2015</v>
       </c>
       <c r="J32" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="K32" t="s">
         <v>36</v>
       </c>
       <c r="L32" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="M32" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="P32" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B33" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C33" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D33" t="s">
         <v>53</v>
       </c>
       <c r="E33" t="s">
         <v>97</v>
       </c>
       <c r="F33" t="s">
         <v>98</v>
       </c>
       <c r="G33" t="s">
         <v>34</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="K33" t="s">
         <v>36</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="P33" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B34" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C34" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D34" t="s">
         <v>112</v>
       </c>
       <c r="E34" t="s">
         <v>97</v>
       </c>
       <c r="F34" t="s">
         <v>98</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>1996</v>
       </c>
       <c r="I34">
         <v>2010</v>
       </c>
       <c r="J34" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="K34" t="s">
         <v>36</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="P34" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B35" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C35" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D35" t="s">
         <v>72</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2013</v>
       </c>
       <c r="I35">
         <v>2014</v>
       </c>
       <c r="J35" t="s">
         <v>113</v>
       </c>
       <c r="K35" t="s">
         <v>36</v>
       </c>
       <c r="L35" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="M35" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="P35" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B36" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C36" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D36" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>34</v>
       </c>
       <c r="H36">
         <v>2022</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="K36" t="s">
         <v>36</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="P36" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B37" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C37" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D37" t="s">
         <v>105</v>
       </c>
       <c r="E37" t="s">
         <v>97</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>34</v>
       </c>
       <c r="H37">
         <v>2022</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="K37" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="N37" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="O37" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="P37" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B38" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C38" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D38" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>34</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="K38" t="s">
         <v>36</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="P38" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B39" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C39" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D39" t="s">
         <v>72</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>34</v>
       </c>
       <c r="H39">
         <v>2009</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="K39" t="s">
         <v>36</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="P39" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B40" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C40" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D40" t="s">
         <v>72</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2005</v>
       </c>
       <c r="I40">
         <v>2011</v>
       </c>
       <c r="J40" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="K40" t="s">
         <v>36</v>
       </c>
       <c r="L40" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="M40" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="P40" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B41" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C41" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D41" t="s">
         <v>72</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H41">
         <v>2017</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="K41" t="s">
         <v>36</v>
       </c>
       <c r="L41" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="M41" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="P41" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B42" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C42" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D42" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>173</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2017</v>
       </c>
       <c r="I42">
         <v>2021</v>
       </c>
       <c r="J42" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="K42" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="L42" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="M42" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="N42" t="s">
         <v>48</v>
       </c>
       <c r="O42" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="P42" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B43" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C43" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D43" t="s">
         <v>105</v>
       </c>
       <c r="E43" t="s">
         <v>97</v>
       </c>
       <c r="F43" t="s">
         <v>173</v>
       </c>
       <c r="G43" t="s">
         <v>34</v>
       </c>
       <c r="H43">
         <v>2013</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>130</v>
       </c>
       <c r="K43" t="s">
         <v>36</v>
       </c>
       <c r="L43" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="M43" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="N43" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="O43" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="P43" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B44" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C44" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D44" t="s">
         <v>72</v>
       </c>
       <c r="E44" t="s">
         <v>97</v>
       </c>
       <c r="F44" t="s">
         <v>173</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2014</v>
       </c>
       <c r="I44">
         <v>2016</v>
       </c>
       <c r="J44" t="s">
         <v>130</v>
       </c>
       <c r="K44" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="L44" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="M44" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="P44" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B45" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C45" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D45" t="s">
         <v>112</v>
       </c>
       <c r="E45" t="s">
         <v>97</v>
       </c>
       <c r="F45" t="s">
         <v>98</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2010</v>
       </c>
       <c r="I45">
         <v>2012</v>
       </c>
       <c r="J45" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="K45" t="s">
         <v>36</v>
       </c>
       <c r="L45" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="M45" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="P45" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B46" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C46" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D46" t="s">
         <v>105</v>
       </c>
       <c r="E46" t="s">
         <v>97</v>
       </c>
       <c r="F46" t="s">
         <v>98</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2011</v>
       </c>
       <c r="I46">
         <v>2022</v>
       </c>
       <c r="J46" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="K46" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="L46" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="M46" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="N46" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="O46" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="P46" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B47" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C47" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D47" t="s">
         <v>72</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>173</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2007</v>
       </c>
       <c r="I47">
         <v>2011</v>
       </c>
       <c r="J47" t="s">
         <v>130</v>
       </c>
       <c r="K47" t="s">
         <v>36</v>
       </c>
       <c r="L47" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="M47" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="P47" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B48" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C48" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D48" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>34</v>
       </c>
       <c r="H48">
         <v>2019</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="K48" t="s">
         <v>106</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="N48" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="O48" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="P48" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B49" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C49" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D49" t="s">
         <v>72</v>
       </c>
       <c r="E49" t="s">
         <v>97</v>
       </c>
       <c r="F49" t="s">
         <v>98</v>
       </c>
       <c r="G49" t="s">
         <v>34</v>
       </c>
       <c r="H49">
         <v>2012</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="K49" t="s">
         <v>36</v>
       </c>
       <c r="L49" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="M49" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="P49" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B50" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C50" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D50" t="s">
         <v>112</v>
       </c>
       <c r="E50" t="s">
         <v>97</v>
       </c>
       <c r="F50" t="s">
         <v>98</v>
       </c>
       <c r="G50" t="s">
         <v>34</v>
       </c>
       <c r="H50">
         <v>2015</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="K50" t="s">
         <v>36</v>
       </c>
       <c r="L50" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="M50" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="P50" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B51" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C51" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D51" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="E51" t="s">
         <v>97</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>34</v>
       </c>
       <c r="H51">
         <v>2012</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="K51" t="s">
         <v>36</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="P51" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">