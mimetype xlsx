--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -243,63 +243,64 @@
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
     <t>Apply to electric welding machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -587,81 +588,81 @@
   <si>
     <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
     <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
@@ -1897,55 +1898,53 @@
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>75</v>
       </c>
       <c r="B9" t="s">
         <v>76</v>
       </c>
       <c r="C9" t="s">
         <v>77</v>
       </c>
       <c r="D9" t="s">
         <v>78</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>79</v>
       </c>
       <c r="H9">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
         <v>80</v>
       </c>
       <c r="K9" t="s">
         <v>36</v>
       </c>
       <c r="L9" t="s">
         <v>81</v>
       </c>
       <c r="M9" t="s">
         <v>82</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>83</v>
       </c>
       <c r="P9" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>85</v>
@@ -2722,89 +2721,89 @@
       </c>
       <c r="P25" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>188</v>
       </c>
       <c r="B26" t="s">
         <v>189</v>
       </c>
       <c r="C26" t="s">
         <v>42</v>
       </c>
       <c r="D26" t="s">
         <v>68</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>190</v>
       </c>
       <c r="H26">
         <v>2007</v>
       </c>
       <c r="I26">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J26" t="s">
         <v>103</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
       <c r="L26" t="s">
         <v>114</v>
       </c>
       <c r="M26" t="s">
         <v>47</v>
       </c>
       <c r="N26" t="s">
         <v>48</v>
       </c>
       <c r="O26" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P26" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B27" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C27" t="s">
-        <v>194</v>
+        <v>42</v>
       </c>
       <c r="D27" t="s">
         <v>195</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>8</v>
       </c>
       <c r="H27">
         <v>2007</v>
       </c>
       <c r="I27">
         <v>2025</v>
       </c>
       <c r="J27" t="s">
         <v>196</v>
       </c>
       <c r="K27" t="s">
         <v>36</v>
       </c>