--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="477">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="478">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -291,63 +291,64 @@
   <si>
     <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
@@ -772,78 +773,81 @@
   <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
     <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
     <t>applies to remote refrigerated display cabinets for food sales and display.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
   </si>
@@ -1017,69 +1021,69 @@
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
     <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
     <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger-0</t>
   </si>
@@ -2399,55 +2403,53 @@
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>91</v>
       </c>
       <c r="B12" t="s">
         <v>92</v>
       </c>
       <c r="C12" t="s">
         <v>93</v>
       </c>
       <c r="D12" t="s">
         <v>94</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>95</v>
       </c>
       <c r="H12">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
         <v>96</v>
       </c>
       <c r="K12" t="s">
         <v>35</v>
       </c>
       <c r="L12" t="s">
         <v>97</v>
       </c>
       <c r="M12" t="s">
         <v>98</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>99</v>
       </c>
       <c r="P12" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>101</v>
@@ -3552,1824 +3554,1824 @@
       </c>
       <c r="P35" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>248</v>
       </c>
       <c r="B36" t="s">
         <v>249</v>
       </c>
       <c r="C36" t="s">
         <v>51</v>
       </c>
       <c r="D36" t="s">
         <v>85</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
+        <v>250</v>
       </c>
       <c r="H36">
         <v>2007</v>
       </c>
       <c r="I36">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J36" t="s">
         <v>120</v>
       </c>
       <c r="K36" t="s">
         <v>35</v>
       </c>
       <c r="L36" t="s">
         <v>149</v>
       </c>
       <c r="M36" t="s">
         <v>56</v>
       </c>
       <c r="N36" t="s">
         <v>57</v>
       </c>
       <c r="O36" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="P36" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B37" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C37" t="s">
         <v>51</v>
       </c>
       <c r="D37" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>8</v>
       </c>
       <c r="H37">
         <v>2007</v>
       </c>
       <c r="I37">
         <v>2025</v>
       </c>
       <c r="J37" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="K37" t="s">
         <v>35</v>
       </c>
       <c r="L37" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="M37" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="P37" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B38" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C38" t="s">
         <v>51</v>
       </c>
       <c r="D38" t="s">
         <v>52</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2008</v>
       </c>
       <c r="I38">
         <v>2008</v>
       </c>
       <c r="J38" t="s">
         <v>120</v>
       </c>
       <c r="K38" t="s">
         <v>35</v>
       </c>
       <c r="L38" t="s">
         <v>55</v>
       </c>
       <c r="M38" t="s">
         <v>56</v>
       </c>
       <c r="N38" t="s">
         <v>57</v>
       </c>
       <c r="O38" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="P38" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B39" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C39" t="s">
         <v>51</v>
       </c>
       <c r="D39" t="s">
         <v>33</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2011</v>
       </c>
       <c r="I39">
         <v>2012</v>
       </c>
       <c r="J39" t="s">
         <v>120</v>
       </c>
       <c r="K39" t="s">
         <v>35</v>
       </c>
       <c r="L39" t="s">
         <v>67</v>
       </c>
       <c r="M39" t="s">
         <v>56</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="P39" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B40" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C40" t="s">
         <v>51</v>
       </c>
       <c r="D40" t="s">
         <v>33</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2011</v>
       </c>
       <c r="I40">
         <v>2017</v>
       </c>
       <c r="J40" t="s">
         <v>120</v>
       </c>
       <c r="K40" t="s">
         <v>35</v>
       </c>
       <c r="L40" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="M40" t="s">
         <v>56</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="P40" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B41" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C41" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D41" t="s">
         <v>85</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2005</v>
       </c>
       <c r="I41">
         <v>2014</v>
       </c>
       <c r="J41" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K41" t="s">
         <v>35</v>
       </c>
       <c r="L41" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="M41" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="P41" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B42" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C42" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D42" t="s">
         <v>33</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2003</v>
       </c>
       <c r="I42">
         <v>2024</v>
       </c>
       <c r="J42" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K42" t="s">
         <v>35</v>
       </c>
       <c r="L42" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="M42" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="P42" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B43" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C43" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D43" t="s">
         <v>138</v>
       </c>
       <c r="E43" t="s">
         <v>112</v>
       </c>
       <c r="F43" t="s">
         <v>113</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2015</v>
       </c>
       <c r="I43">
         <v>2015</v>
       </c>
       <c r="J43" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="K43" t="s">
         <v>35</v>
       </c>
       <c r="L43" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="M43" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="P43" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B44" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C44" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D44" t="s">
         <v>138</v>
       </c>
       <c r="E44" t="s">
         <v>112</v>
       </c>
       <c r="F44" t="s">
         <v>113</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>1996</v>
       </c>
       <c r="I44">
         <v>2010</v>
       </c>
       <c r="J44" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="K44" t="s">
         <v>35</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="P44" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B45" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C45" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D45" t="s">
         <v>33</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>230</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2007</v>
       </c>
       <c r="I45">
         <v>2012</v>
       </c>
       <c r="J45" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="K45" t="s">
         <v>35</v>
       </c>
       <c r="L45" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="M45" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="P45" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B46" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C46" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D46" t="s">
         <v>85</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2013</v>
       </c>
       <c r="I46">
         <v>2014</v>
       </c>
       <c r="J46" t="s">
         <v>120</v>
       </c>
       <c r="K46" t="s">
         <v>35</v>
       </c>
       <c r="L46" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="M46" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="P46" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B47" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C47" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D47" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>44</v>
       </c>
       <c r="H47">
         <v>2022</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K47" t="s">
         <v>35</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="P47" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B48" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C48" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D48" t="s">
         <v>131</v>
       </c>
       <c r="E48" t="s">
         <v>112</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>44</v>
       </c>
       <c r="H48">
         <v>2022</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K48" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="N48" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="O48" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="P48" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B49" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C49" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D49" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>53</v>
       </c>
       <c r="G49" t="s">
         <v>44</v>
       </c>
       <c r="H49">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="K49" t="s">
         <v>35</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="P49" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B50" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C50" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D50" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>44</v>
       </c>
       <c r="H50">
         <v>2012</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="K50" t="s">
         <v>35</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="P50" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B51" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C51" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D51" t="s">
         <v>85</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>44</v>
       </c>
       <c r="H51">
         <v>2009</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="K51" t="s">
         <v>35</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="P51" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B52" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C52" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D52" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>44</v>
       </c>
       <c r="H52">
         <v>2025</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="K52" t="s">
         <v>35</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="P52" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B53" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C53" t="s">
         <v>32</v>
       </c>
       <c r="D53" t="s">
         <v>85</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2005</v>
       </c>
       <c r="I53">
         <v>2011</v>
       </c>
       <c r="J53" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="K53" t="s">
         <v>35</v>
       </c>
       <c r="L53" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="M53" t="s">
         <v>37</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="P53" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B54" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C54" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D54" t="s">
         <v>85</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="H54">
         <v>2017</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="K54" t="s">
         <v>35</v>
       </c>
       <c r="L54" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="M54" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="P54" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B55" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C55" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D55" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>44</v>
       </c>
       <c r="H55">
         <v>2011</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
         <v>198</v>
       </c>
       <c r="K55" t="s">
         <v>35</v>
       </c>
       <c r="L55" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="M55" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P55" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B56" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C56" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D56" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>230</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2017</v>
       </c>
       <c r="I56">
         <v>2021</v>
       </c>
       <c r="J56" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="K56" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="L56" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="M56" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="N56" t="s">
         <v>57</v>
       </c>
       <c r="O56" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="P56" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B57" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C57" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D57" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>230</v>
       </c>
       <c r="G57" t="s">
         <v>44</v>
       </c>
       <c r="H57">
         <v>2019</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="K57" t="s">
         <v>35</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="P57" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B58" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C58" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D58" t="s">
         <v>131</v>
       </c>
       <c r="E58" t="s">
         <v>112</v>
       </c>
       <c r="F58" t="s">
         <v>230</v>
       </c>
       <c r="G58" t="s">
         <v>44</v>
       </c>
       <c r="H58">
         <v>2013</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
         <v>155</v>
       </c>
       <c r="K58" t="s">
         <v>35</v>
       </c>
       <c r="L58" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="M58" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="N58" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="O58" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="P58" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B59" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C59" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D59" t="s">
         <v>85</v>
       </c>
       <c r="E59" t="s">
         <v>112</v>
       </c>
       <c r="F59" t="s">
         <v>230</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2014</v>
       </c>
       <c r="I59">
         <v>2016</v>
       </c>
       <c r="J59" t="s">
         <v>155</v>
       </c>
       <c r="K59" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="L59" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="M59" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="P59" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B60" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C60" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D60" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E60" t="s">
         <v>112</v>
       </c>
       <c r="F60" t="s">
         <v>113</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2001</v>
       </c>
       <c r="I60">
         <v>2015</v>
       </c>
       <c r="J60" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K60" t="s">
         <v>35</v>
       </c>
       <c r="L60" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="M60" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="P60" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B61" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D61" t="s">
         <v>138</v>
       </c>
       <c r="E61" t="s">
         <v>112</v>
       </c>
       <c r="F61" t="s">
         <v>113</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2010</v>
       </c>
       <c r="I61">
         <v>2012</v>
       </c>
       <c r="J61" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K61" t="s">
         <v>35</v>
       </c>
       <c r="L61" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="M61" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="P61" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B62" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C62" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D62" t="s">
         <v>131</v>
       </c>
       <c r="E62" t="s">
         <v>112</v>
       </c>
       <c r="F62" t="s">
         <v>113</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2011</v>
       </c>
       <c r="I62">
         <v>2022</v>
       </c>
       <c r="J62" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K62" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="L62" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="M62" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="N62" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="O62" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="P62" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B63" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C63" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D63" t="s">
         <v>85</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>230</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2007</v>
       </c>
       <c r="I63">
         <v>2011</v>
       </c>
       <c r="J63" t="s">
         <v>155</v>
       </c>
       <c r="K63" t="s">
         <v>35</v>
       </c>
       <c r="L63" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="M63" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="P63" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B64" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C64" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D64" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
         <v>44</v>
       </c>
       <c r="H64">
         <v>2019</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="K64" t="s">
         <v>132</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="N64" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="O64" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="P64" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B65" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C65" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D65" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>230</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2008</v>
       </c>
       <c r="I65">
         <v>2014</v>
       </c>
       <c r="J65" t="s">
         <v>221</v>
       </c>
       <c r="K65" t="s">
         <v>35</v>
       </c>
       <c r="L65" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="M65" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="P65" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B66" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C66" t="s">
         <v>188</v>
       </c>
       <c r="D66" t="s">
         <v>33</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
         <v>44</v>
       </c>
       <c r="H66">
         <v>2014</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
         <v>191</v>
       </c>
       <c r="K66" t="s">
         <v>35</v>
       </c>
       <c r="L66" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="M66" t="s">
         <v>192</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="P66" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B67" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C67" t="s">
         <v>220</v>
       </c>
       <c r="D67" t="s">
         <v>33</v>
       </c>
       <c r="E67" t="s">
         <v>112</v>
       </c>
       <c r="F67" t="s">
         <v>113</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2013</v>
       </c>
       <c r="I67">
         <v>2021</v>
       </c>
       <c r="J67" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="K67" t="s">
         <v>35</v>
       </c>
       <c r="L67" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="M67" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="P67" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B68" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C68" t="s">
         <v>220</v>
       </c>
       <c r="D68" t="s">
         <v>85</v>
       </c>
       <c r="E68" t="s">
         <v>112</v>
       </c>
       <c r="F68" t="s">
         <v>113</v>
       </c>
       <c r="G68" t="s">
         <v>44</v>
       </c>
       <c r="H68">
         <v>2012</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="K68" t="s">
         <v>35</v>
       </c>
       <c r="L68" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="M68" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="P68" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B69" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C69" t="s">
         <v>220</v>
       </c>
       <c r="D69" t="s">
         <v>138</v>
       </c>
       <c r="E69" t="s">
         <v>112</v>
       </c>
       <c r="F69" t="s">
         <v>113</v>
       </c>
       <c r="G69" t="s">
         <v>44</v>
       </c>
       <c r="H69">
         <v>2015</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="K69" t="s">
         <v>35</v>
       </c>
       <c r="L69" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="M69" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="P69" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B70" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C70" t="s">
         <v>220</v>
       </c>
       <c r="D70" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E70" t="s">
         <v>112</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
         <v>44</v>
       </c>
       <c r="H70">
         <v>2012</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="K70" t="s">
         <v>35</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="P70" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B71" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C71" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D71" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E71" t="s">
         <v>112</v>
       </c>
       <c r="F71" t="s">
         <v>53</v>
       </c>
       <c r="G71" t="s">
         <v>44</v>
       </c>
       <c r="H71">
         <v>2021</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
         <v>221</v>
       </c>
       <c r="K71" t="s">
         <v>35</v>
       </c>
       <c r="L71" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="M71" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="P71" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B72" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C72" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D72" t="s">
         <v>33</v>
       </c>
       <c r="E72" t="s">
         <v>112</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>44</v>
       </c>
       <c r="H72">
         <v>2021</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>221</v>
       </c>
       <c r="K72" t="s">
         <v>35</v>
       </c>
       <c r="L72" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="M72" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="P72" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">