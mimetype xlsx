--- v0 (2026-02-03)
+++ v1 (2026-03-27)
@@ -588,66 +588,66 @@
   <si>
     <t>Published, New</t>
   </si>
   <si>
     <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
     <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
     <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
   </si>
@@ -3420,136 +3420,136 @@
       </c>
       <c r="L27" t="s">
         <v>183</v>
       </c>
       <c r="M27" t="s">
         <v>184</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>185</v>
       </c>
       <c r="P27" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>187</v>
       </c>
       <c r="B28" t="s">
         <v>188</v>
       </c>
       <c r="C28" t="s">
-        <v>106</v>
+        <v>189</v>
       </c>
       <c r="D28" t="s">
         <v>142</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>1992</v>
       </c>
       <c r="I28">
         <v>2013</v>
       </c>
       <c r="J28" t="s">
-        <v>189</v>
+        <v>174</v>
       </c>
       <c r="K28" t="s">
         <v>45</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>130</v>
+        <v>190</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P28" t="s">
-        <v>191</v>
+        <v>164</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>187</v>
       </c>
       <c r="B29" t="s">
         <v>188</v>
       </c>
       <c r="C29" t="s">
-        <v>192</v>
+        <v>106</v>
       </c>
       <c r="D29" t="s">
         <v>142</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>1992</v>
       </c>
       <c r="I29">
         <v>2013</v>
       </c>
       <c r="J29" t="s">
-        <v>174</v>
+        <v>192</v>
       </c>
       <c r="K29" t="s">
         <v>45</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
+        <v>130</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
         <v>193</v>
       </c>
-      <c r="N29" t="s">
-[...2 lines deleted...]
-      <c r="O29" t="s">
+      <c r="P29" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>195</v>
       </c>
       <c r="B30" t="s">
         <v>196</v>
       </c>
       <c r="C30" t="s">
         <v>84</v>
       </c>
       <c r="D30" t="s">
         <v>107</v>
       </c>
       <c r="E30" t="s">
         <v>42</v>
       </c>
       <c r="F30" t="s">
         <v>108</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">