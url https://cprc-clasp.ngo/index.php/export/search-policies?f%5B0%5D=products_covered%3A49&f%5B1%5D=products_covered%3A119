--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -107,63 +107,64 @@
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
   </si>
   <si>
     <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
@@ -763,55 +764,53 @@
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
         <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>39</v>
       </c>
       <c r="P3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>41</v>