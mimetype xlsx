--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -173,60 +173,61 @@
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
@@ -984,55 +985,53 @@
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>50</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>43</v>
       </c>
       <c r="D5" t="s">
         <v>52</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>53</v>
       </c>
       <c r="H5">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
         <v>54</v>
       </c>
       <c r="K5" t="s">
         <v>36</v>
       </c>
       <c r="L5" t="s">
         <v>55</v>
       </c>
       <c r="M5" t="s">
         <v>56</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>57</v>
       </c>
       <c r="P5" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>59</v>