--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -327,63 +327,64 @@
   <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
 (a) light sources;
 (b) separate control gears.
 The requirements also apply to light sources and separate control gears placed on the market in a containing product.
 This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
 Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
   </si>
   <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
     <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
@@ -2387,55 +2388,53 @@
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>99</v>
       </c>
       <c r="B11" t="s">
         <v>100</v>
       </c>
       <c r="C11" t="s">
         <v>101</v>
       </c>
       <c r="D11" t="s">
         <v>102</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>103</v>
       </c>
       <c r="H11">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
         <v>104</v>
       </c>
       <c r="K11" t="s">
         <v>36</v>
       </c>
       <c r="L11" t="s">
         <v>105</v>
       </c>
       <c r="M11" t="s">
         <v>106</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>107</v>
       </c>
       <c r="P11" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>109</v>