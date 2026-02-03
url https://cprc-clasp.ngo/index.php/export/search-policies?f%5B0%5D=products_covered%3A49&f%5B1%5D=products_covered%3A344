--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -134,63 +134,64 @@
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
@@ -218,72 +219,72 @@
   <si>
     <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
     <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
@@ -822,55 +823,53 @@
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>41</v>
       </c>
       <c r="D4" t="s">
         <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>43</v>
       </c>
       <c r="H4">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
         <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>34</v>
       </c>
       <c r="L4" t="s">
         <v>45</v>
       </c>
       <c r="M4" t="s">
         <v>46</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>47</v>
       </c>
       <c r="P4" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>49</v>
@@ -966,51 +965,51 @@
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>68</v>
       </c>
       <c r="B7" t="s">
         <v>69</v>
       </c>
       <c r="C7" t="s">
         <v>70</v>
       </c>
       <c r="D7" t="s">
         <v>71</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>72</v>
       </c>
       <c r="G7" t="s">
         <v>63</v>
       </c>
       <c r="H7">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>73</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>74</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>75</v>
       </c>
       <c r="P7" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>77</v>