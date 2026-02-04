--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -107,153 +107,157 @@
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
+  </si>
+  <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Natural Resources Canada Office of Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
+  </si>
+  <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Commercial Steam Cookers Version 1.2</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of a Commercial Steam Cooker are eligible for ENERGY STAR. Also referred to as a “compartment steamer,” a device with one or more food steaming compartments in which the energy in the steam is transferred to the food by direct contact. May include countertop models, wall-mounted models and floor-models mounted on a stand, pedestal or cabinet-style base.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>Steam Cookers</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>ASTM Standard F1484-99</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
+  </si>
+  <si>
+    <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
+  </si>
+  <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>November 2025</t>
-  </si>
-[...88 lines deleted...]
-    <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Battery Chargers</t>
   </si>
@@ -766,55 +770,53 @@
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
         <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>39</v>
       </c>
       <c r="P3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>41</v>
@@ -918,159 +920,159 @@
       <c r="B6" t="s">
         <v>63</v>
       </c>
       <c r="C6" t="s">
         <v>64</v>
       </c>
       <c r="D6" t="s">
         <v>65</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>8</v>
       </c>
       <c r="H6">
         <v>2014</v>
       </c>
       <c r="I6">
         <v>2025</v>
       </c>
       <c r="J6" t="s">
-        <v>35</v>
+        <v>66</v>
       </c>
       <c r="K6" t="s">
         <v>36</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="N6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="O6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H7">
         <v>2022</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K7" t="s">
         <v>36</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H8">
         <v>2012</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="K8" t="s">
         <v>36</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="P8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">