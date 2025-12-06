--- v0 (2025-10-11)
+++ v1 (2025-12-06)
@@ -12,365 +12,475 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, Revised</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -634,653 +744,784 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="503.591" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="110.83" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2023</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
         <v>2013</v>
       </c>
-      <c r="H3"/>
-[...12 lines deleted...]
-        <v>32</v>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>42</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...18 lines deleted...]
-      <c r="G4">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>67</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8">
         <v>2013</v>
       </c>
-      <c r="H4">
-[...2 lines deleted...]
-      <c r="I4" t="s">
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
         <v>34</v>
       </c>
-      <c r="J4" t="s">
-[...9 lines deleted...]
-      <c r="N4" t="s">
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
         <v>36</v>
       </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
     </row>
-    <row r="5" spans="1:14">
-[...18 lines deleted...]
-      <c r="G5">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>89</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" t="s">
+        <v>97</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>65</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
+      <c r="J11" t="s">
+        <v>98</v>
+      </c>
+      <c r="K11" t="s">
+        <v>99</v>
+      </c>
+      <c r="L11" t="s">
+        <v>100</v>
+      </c>
+      <c r="M11" t="s">
+        <v>101</v>
+      </c>
+      <c r="N11" t="s">
+        <v>102</v>
+      </c>
+      <c r="O11" t="s">
+        <v>103</v>
+      </c>
+      <c r="P11" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>105</v>
+      </c>
+      <c r="B12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C12" t="s">
+        <v>107</v>
+      </c>
+      <c r="D12" t="s">
+        <v>57</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>108</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>109</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>110</v>
+      </c>
+      <c r="M12" t="s">
+        <v>111</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>112</v>
+      </c>
+      <c r="P12" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>114</v>
+      </c>
+      <c r="B13" t="s">
+        <v>115</v>
+      </c>
+      <c r="C13" t="s">
+        <v>116</v>
+      </c>
+      <c r="D13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13">
         <v>2013</v>
       </c>
-      <c r="H5"/>
-[...14 lines deleted...]
-        <v>40</v>
+      <c r="J13" t="s">
+        <v>66</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>117</v>
+      </c>
+      <c r="M13" t="s">
+        <v>118</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>119</v>
+      </c>
+      <c r="P13" t="s">
+        <v>120</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...92 lines deleted...]
-      <c r="C8" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>121</v>
+      </c>
+      <c r="B14" t="s">
+        <v>122</v>
+      </c>
+      <c r="C14" t="s">
+        <v>123</v>
+      </c>
+      <c r="D14" t="s">
         <v>57</v>
       </c>
-      <c r="D8" t="s">
-[...65 lines deleted...]
-      <c r="N9" t="s">
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>65</v>
       </c>
-    </row>
-[...149 lines deleted...]
-      <c r="G13">
+      <c r="G14" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14">
         <v>2014</v>
       </c>
-      <c r="H13"/>
-[...16 lines deleted...]
-        <v>91</v>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>109</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>124</v>
+      </c>
+      <c r="M14" t="s">
+        <v>125</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>126</v>
+      </c>
+      <c r="P14" t="s">
+        <v>127</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>