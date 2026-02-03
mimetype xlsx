--- v1 (2025-12-06)
+++ v2 (2026-02-03)
@@ -153,63 +153,64 @@
     <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
   </si>
   <si>
     <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
   </si>
   <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
@@ -985,55 +986,53 @@
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>47</v>
       </c>
       <c r="D5" t="s">
         <v>48</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>49</v>
       </c>
       <c r="H5">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
         <v>50</v>
       </c>
       <c r="K5" t="s">
         <v>36</v>
       </c>
       <c r="L5" t="s">
         <v>51</v>
       </c>
       <c r="M5" t="s">
         <v>52</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>53</v>
       </c>
       <c r="P5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>55</v>