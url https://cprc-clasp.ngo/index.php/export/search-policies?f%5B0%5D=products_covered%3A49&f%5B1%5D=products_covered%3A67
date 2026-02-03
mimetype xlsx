--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -153,63 +153,64 @@
     <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
   </si>
   <si>
     <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
@@ -962,55 +963,53 @@
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>47</v>
       </c>
       <c r="D5" t="s">
         <v>48</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>49</v>
       </c>
       <c r="H5">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
         <v>50</v>
       </c>
       <c r="K5" t="s">
         <v>36</v>
       </c>
       <c r="L5" t="s">
         <v>51</v>
       </c>
       <c r="M5" t="s">
         <v>52</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>53</v>
       </c>
       <c r="P5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>55</v>