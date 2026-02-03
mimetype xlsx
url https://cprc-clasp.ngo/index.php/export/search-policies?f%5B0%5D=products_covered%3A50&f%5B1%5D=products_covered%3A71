--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,260 +12,303 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL - Alternative Current Contactor</t>
   </si>
   <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-alternative-current-contactor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -529,405 +572,450 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="126" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="349.058" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="275.933" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...55 lines deleted...]
-      <c r="N3" t="s">
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
         <v>36</v>
-      </c>
-[...21 lines deleted...]
-        <v>2008</v>
       </c>
       <c r="H4">
         <v>2008</v>
       </c>
-      <c r="I4" t="s">
-        <v>32</v>
+      <c r="I4">
+        <v>2008</v>
       </c>
       <c r="J4" t="s">
+        <v>37</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>25</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L4" t="s">
-[...2 lines deleted...]
-      <c r="M4" t="s">
+      <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-        <v>39</v>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>40</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-      <c r="A5" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
         <v>40</v>
       </c>
-      <c r="B5" t="s">
-[...33 lines deleted...]
-      <c r="N5" t="s">
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
         <v>45</v>
       </c>
-    </row>
-[...43 lines deleted...]
-      <c r="A7" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>51</v>
       </c>
-      <c r="B7" t="s">
-[...27 lines deleted...]
-      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>66</v>
       </c>
       <c r="N7" t="s">
-        <v>54</v>
+        <v>40</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>