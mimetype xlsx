--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,802 +12,1100 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="326">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
+    <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
+  </si>
+  <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
+    <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005 AS/NZS 4665.2:2005 AS/NZS 4665</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-external-power-supplies-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L01580</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger-0</t>
   </si>
   <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
+  </si>
+  <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1071,1915 +1369,2222 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N43"/>
+  <dimension ref="A1:P44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="970.763" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="123.827" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...45 lines deleted...]
-      <c r="N3" t="s">
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>58</v>
+      </c>
+      <c r="H6">
+        <v>2025</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>66</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>50</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>51</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>76</v>
+      </c>
+      <c r="F9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2005</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
+        <v>80</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D10" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" t="s">
+        <v>76</v>
+      </c>
+      <c r="F10" t="s">
+        <v>77</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2018</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>85</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
+        <v>80</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D11" t="s">
+        <v>92</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>93</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2023</v>
+      </c>
+      <c r="J11" t="s">
+        <v>94</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>95</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>100</v>
+      </c>
+      <c r="D12" t="s">
+        <v>101</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>94</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>102</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
+        <v>106</v>
+      </c>
+      <c r="C13" t="s">
+        <v>107</v>
+      </c>
+      <c r="D13" t="s">
+        <v>108</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>109</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>111</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>116</v>
+      </c>
+      <c r="D14" t="s">
+        <v>117</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G14" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...14 lines deleted...]
-      <c r="G4">
+      <c r="H14">
         <v>2009</v>
       </c>
-      <c r="H4">
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>118</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>119</v>
+      </c>
+      <c r="M14" t="s">
+        <v>120</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>121</v>
+      </c>
+      <c r="P14" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
+        <v>124</v>
+      </c>
+      <c r="C15" t="s">
+        <v>125</v>
+      </c>
+      <c r="D15" t="s">
+        <v>126</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>127</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...451 lines deleted...]
-      </c>
       <c r="J15" t="s">
-        <v>32</v>
+        <v>128</v>
       </c>
       <c r="K15" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>130</v>
       </c>
       <c r="N15" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>131</v>
+      </c>
+      <c r="P15" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="B16" t="s">
-        <v>50</v>
+        <v>134</v>
       </c>
       <c r="C16" t="s">
         <v>75</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G16">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>135</v>
+      </c>
+      <c r="H16">
         <v>1989</v>
       </c>
-      <c r="H16">
+      <c r="I16">
+        <v>2009</v>
+      </c>
+      <c r="J16" t="s">
+        <v>136</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>137</v>
+      </c>
+      <c r="M16" t="s">
+        <v>138</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>139</v>
+      </c>
+      <c r="P16" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>141</v>
+      </c>
+      <c r="B17" t="s">
+        <v>142</v>
+      </c>
+      <c r="C17" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" t="s">
+        <v>108</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1989</v>
+      </c>
+      <c r="I17">
         <v>2021</v>
       </c>
-      <c r="I16" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J17" t="s">
-        <v>32</v>
+        <v>136</v>
       </c>
       <c r="K17" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="L17" t="s">
-        <v>97</v>
+        <v>143</v>
       </c>
       <c r="M17" t="s">
-        <v>105</v>
+        <v>144</v>
       </c>
       <c r="N17" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>145</v>
+      </c>
+      <c r="P17" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>107</v>
+        <v>147</v>
       </c>
       <c r="B18" t="s">
-        <v>108</v>
+        <v>148</v>
       </c>
       <c r="C18" t="s">
         <v>75</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G18">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>149</v>
+      </c>
+      <c r="H18">
+        <v>2007</v>
+      </c>
+      <c r="I18">
         <v>2013</v>
       </c>
-      <c r="H18">
+      <c r="J18" t="s">
+        <v>78</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>79</v>
+      </c>
+      <c r="M18" t="s">
+        <v>138</v>
+      </c>
+      <c r="N18" t="s">
+        <v>150</v>
+      </c>
+      <c r="O18" t="s">
+        <v>151</v>
+      </c>
+      <c r="P18" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>153</v>
+      </c>
+      <c r="B19" t="s">
+        <v>154</v>
+      </c>
+      <c r="C19" t="s">
+        <v>155</v>
+      </c>
+      <c r="D19" t="s">
+        <v>108</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>127</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
         <v>2025</v>
       </c>
-      <c r="I18" t="s">
+      <c r="J19" t="s">
+        <v>156</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>157</v>
+      </c>
+      <c r="M19" t="s">
+        <v>158</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>159</v>
+      </c>
+      <c r="P19" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>161</v>
+      </c>
+      <c r="B20" t="s">
+        <v>162</v>
+      </c>
+      <c r="C20" t="s">
+        <v>163</v>
+      </c>
+      <c r="D20" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2005</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
+        <v>164</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>165</v>
+      </c>
+      <c r="M20" t="s">
+        <v>166</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>167</v>
+      </c>
+      <c r="P20" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>169</v>
+      </c>
+      <c r="B21" t="s">
+        <v>170</v>
+      </c>
+      <c r="C21" t="s">
+        <v>155</v>
+      </c>
+      <c r="D21" t="s">
+        <v>108</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>127</v>
+      </c>
+      <c r="G21" t="s">
+        <v>171</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>172</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21" t="s">
+        <v>173</v>
+      </c>
+      <c r="M21" t="s">
+        <v>158</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>174</v>
+      </c>
+      <c r="P21" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>176</v>
+      </c>
+      <c r="B22" t="s">
+        <v>177</v>
+      </c>
+      <c r="C22" t="s">
+        <v>100</v>
+      </c>
+      <c r="D22" t="s">
+        <v>178</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>127</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22">
+        <v>2023</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>94</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
+        <v>179</v>
+      </c>
+      <c r="M22" t="s">
+        <v>102</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>180</v>
+      </c>
+      <c r="P22" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>182</v>
+      </c>
+      <c r="B23" t="s">
+        <v>183</v>
+      </c>
+      <c r="C23" t="s">
+        <v>184</v>
+      </c>
+      <c r="D23" t="s">
+        <v>117</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2008</v>
+      </c>
+      <c r="I23">
+        <v>2021</v>
+      </c>
+      <c r="J23" t="s">
+        <v>185</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23" t="s">
+        <v>186</v>
+      </c>
+      <c r="M23" t="s">
+        <v>187</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>188</v>
+      </c>
+      <c r="P23" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>190</v>
+      </c>
+      <c r="B24" t="s">
+        <v>191</v>
+      </c>
+      <c r="C24" t="s">
+        <v>192</v>
+      </c>
+      <c r="D24" t="s">
+        <v>66</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24">
+        <v>2014</v>
+      </c>
+      <c r="J24" t="s">
+        <v>78</v>
+      </c>
+      <c r="K24" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24" t="s">
+        <v>193</v>
+      </c>
+      <c r="M24" t="s">
+        <v>194</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>195</v>
+      </c>
+      <c r="P24"/>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>196</v>
+      </c>
+      <c r="B25" t="s">
+        <v>197</v>
+      </c>
+      <c r="C25" t="s">
+        <v>192</v>
+      </c>
+      <c r="D25" t="s">
+        <v>44</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25">
+        <v>2014</v>
+      </c>
+      <c r="J25" t="s">
+        <v>78</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25" t="s">
+        <v>198</v>
+      </c>
+      <c r="M25" t="s">
+        <v>194</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>199</v>
+      </c>
+      <c r="P25" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>201</v>
+      </c>
+      <c r="B26" t="s">
+        <v>202</v>
+      </c>
+      <c r="C26" t="s">
+        <v>203</v>
+      </c>
+      <c r="D26" t="s">
+        <v>178</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26">
+        <v>2022</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>204</v>
+      </c>
+      <c r="K26" t="s">
+        <v>37</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>205</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>206</v>
+      </c>
+      <c r="P26" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>208</v>
+      </c>
+      <c r="B27" t="s">
+        <v>209</v>
+      </c>
+      <c r="C27" t="s">
+        <v>116</v>
+      </c>
+      <c r="D27" t="s">
+        <v>44</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>35</v>
+      </c>
+      <c r="H27">
+        <v>2009</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>210</v>
+      </c>
+      <c r="K27" t="s">
+        <v>37</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>120</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>211</v>
+      </c>
+      <c r="P27" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>212</v>
+      </c>
+      <c r="B28" t="s">
+        <v>115</v>
+      </c>
+      <c r="C28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D28" t="s">
+        <v>117</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>35</v>
+      </c>
+      <c r="H28">
+        <v>2009</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>118</v>
+      </c>
+      <c r="K28" t="s">
+        <v>37</v>
+      </c>
+      <c r="L28" t="s">
+        <v>119</v>
+      </c>
+      <c r="M28" t="s">
+        <v>120</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>213</v>
+      </c>
+      <c r="P28" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>214</v>
+      </c>
+      <c r="B29" t="s">
+        <v>215</v>
+      </c>
+      <c r="C29" t="s">
+        <v>216</v>
+      </c>
+      <c r="D29" t="s">
+        <v>117</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>127</v>
+      </c>
+      <c r="G29" t="s">
+        <v>35</v>
+      </c>
+      <c r="H29">
+        <v>2021</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>128</v>
+      </c>
+      <c r="K29" t="s">
+        <v>37</v>
+      </c>
+      <c r="L29" t="s">
+        <v>217</v>
+      </c>
+      <c r="M29" t="s">
+        <v>218</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>219</v>
+      </c>
+      <c r="P29" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>221</v>
+      </c>
+      <c r="B30" t="s">
+        <v>222</v>
+      </c>
+      <c r="C30" t="s">
+        <v>223</v>
+      </c>
+      <c r="D30" t="s">
+        <v>44</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2005</v>
+      </c>
+      <c r="I30">
+        <v>2011</v>
+      </c>
+      <c r="J30" t="s">
+        <v>224</v>
+      </c>
+      <c r="K30" t="s">
+        <v>37</v>
+      </c>
+      <c r="L30" t="s">
+        <v>225</v>
+      </c>
+      <c r="M30" t="s">
+        <v>226</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>227</v>
+      </c>
+      <c r="P30" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>229</v>
+      </c>
+      <c r="B31" t="s">
+        <v>230</v>
+      </c>
+      <c r="C31" t="s">
+        <v>216</v>
+      </c>
+      <c r="D31" t="s">
+        <v>231</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>127</v>
+      </c>
+      <c r="G31" t="s">
+        <v>35</v>
+      </c>
+      <c r="H31">
+        <v>2021</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>128</v>
+      </c>
+      <c r="K31" t="s">
+        <v>37</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>232</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>233</v>
+      </c>
+      <c r="P31" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>235</v>
+      </c>
+      <c r="B32" t="s">
+        <v>236</v>
+      </c>
+      <c r="C32" t="s">
+        <v>237</v>
+      </c>
+      <c r="D32" t="s">
+        <v>238</v>
+      </c>
+      <c r="E32" t="s">
+        <v>76</v>
+      </c>
+      <c r="F32" t="s">
+        <v>239</v>
+      </c>
+      <c r="G32" t="s">
+        <v>35</v>
+      </c>
+      <c r="H32">
+        <v>2009</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>240</v>
+      </c>
+      <c r="K32" t="s">
+        <v>37</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>241</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>242</v>
+      </c>
+      <c r="P32" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>244</v>
+      </c>
+      <c r="B33" t="s">
+        <v>245</v>
+      </c>
+      <c r="C33" t="s">
+        <v>237</v>
+      </c>
+      <c r="D33" t="s">
+        <v>108</v>
+      </c>
+      <c r="E33" t="s">
+        <v>76</v>
+      </c>
+      <c r="F33" t="s">
+        <v>239</v>
+      </c>
+      <c r="G33" t="s">
+        <v>35</v>
+      </c>
+      <c r="H33">
+        <v>2015</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>240</v>
+      </c>
+      <c r="K33" t="s">
+        <v>37</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>241</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>246</v>
+      </c>
+      <c r="P33" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>248</v>
+      </c>
+      <c r="B34" t="s">
+        <v>249</v>
+      </c>
+      <c r="C34" t="s">
+        <v>250</v>
+      </c>
+      <c r="D34" t="s">
+        <v>251</v>
+      </c>
+      <c r="E34" t="s">
+        <v>252</v>
+      </c>
+      <c r="F34" t="s">
+        <v>253</v>
+      </c>
+      <c r="G34" t="s">
+        <v>35</v>
+      </c>
+      <c r="H34">
+        <v>2023</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>94</v>
+      </c>
+      <c r="K34" t="s">
+        <v>254</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>255</v>
+      </c>
+      <c r="N34" t="s">
+        <v>150</v>
+      </c>
+      <c r="O34" t="s">
+        <v>256</v>
+      </c>
+      <c r="P34" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>258</v>
+      </c>
+      <c r="B35" t="s">
+        <v>259</v>
+      </c>
+      <c r="C35" t="s">
+        <v>107</v>
+      </c>
+      <c r="D35" t="s">
+        <v>44</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>260</v>
+      </c>
+      <c r="H35">
+        <v>2017</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>261</v>
+      </c>
+      <c r="K35" t="s">
+        <v>37</v>
+      </c>
+      <c r="L35" t="s">
+        <v>262</v>
+      </c>
+      <c r="M35" t="s">
+        <v>263</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>264</v>
+      </c>
+      <c r="P35" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>266</v>
+      </c>
+      <c r="B36" t="s">
+        <v>267</v>
+      </c>
+      <c r="C36" t="s">
+        <v>268</v>
+      </c>
+      <c r="D36" t="s">
+        <v>269</v>
+      </c>
+      <c r="E36" t="s">
+        <v>252</v>
+      </c>
+      <c r="F36" t="s">
+        <v>127</v>
+      </c>
+      <c r="G36" t="s">
         <v>109</v>
       </c>
-      <c r="J18" t="s">
-[...2 lines deleted...]
-      <c r="K18" t="s">
+      <c r="H36"/>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>261</v>
+      </c>
+      <c r="K36" t="s">
+        <v>37</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36"/>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>270</v>
+      </c>
+      <c r="P36" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>272</v>
+      </c>
+      <c r="B37" t="s">
+        <v>273</v>
+      </c>
+      <c r="C37" t="s">
+        <v>184</v>
+      </c>
+      <c r="D37" t="s">
+        <v>108</v>
+      </c>
+      <c r="E37" t="s">
+        <v>76</v>
+      </c>
+      <c r="F37" t="s">
+        <v>77</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>1997</v>
+      </c>
+      <c r="I37">
+        <v>2011</v>
+      </c>
+      <c r="J37" t="s">
+        <v>185</v>
+      </c>
+      <c r="K37" t="s">
+        <v>37</v>
+      </c>
+      <c r="L37" t="s">
+        <v>274</v>
+      </c>
+      <c r="M37" t="s">
+        <v>275</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>276</v>
+      </c>
+      <c r="P37" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>278</v>
+      </c>
+      <c r="B38" t="s">
+        <v>279</v>
+      </c>
+      <c r="C38" t="s">
+        <v>280</v>
+      </c>
+      <c r="D38" t="s">
+        <v>281</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>127</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2017</v>
+      </c>
+      <c r="I38">
+        <v>2021</v>
+      </c>
+      <c r="J38" t="s">
+        <v>172</v>
+      </c>
+      <c r="K38" t="s">
+        <v>282</v>
+      </c>
+      <c r="L38" t="s">
+        <v>283</v>
+      </c>
+      <c r="M38" t="s">
+        <v>284</v>
+      </c>
+      <c r="N38" t="s">
+        <v>150</v>
+      </c>
+      <c r="O38" t="s">
+        <v>285</v>
+      </c>
+      <c r="P38" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>287</v>
+      </c>
+      <c r="B39" t="s">
+        <v>288</v>
+      </c>
+      <c r="C39" t="s">
+        <v>289</v>
+      </c>
+      <c r="D39" t="s">
+        <v>44</v>
+      </c>
+      <c r="E39" t="s">
+        <v>76</v>
+      </c>
+      <c r="F39" t="s">
+        <v>127</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2014</v>
+      </c>
+      <c r="I39">
+        <v>2016</v>
+      </c>
+      <c r="J39" t="s">
+        <v>128</v>
+      </c>
+      <c r="K39" t="s">
+        <v>290</v>
+      </c>
+      <c r="L39" t="s">
+        <v>291</v>
+      </c>
+      <c r="M39" t="s">
+        <v>292</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>293</v>
+      </c>
+      <c r="P39" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>295</v>
+      </c>
+      <c r="B40" t="s">
+        <v>296</v>
+      </c>
+      <c r="C40" t="s">
+        <v>297</v>
+      </c>
+      <c r="D40" t="s">
+        <v>44</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>127</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2007</v>
+      </c>
+      <c r="I40">
+        <v>2011</v>
+      </c>
+      <c r="J40" t="s">
+        <v>128</v>
+      </c>
+      <c r="K40" t="s">
+        <v>37</v>
+      </c>
+      <c r="L40" t="s">
+        <v>298</v>
+      </c>
+      <c r="M40" t="s">
+        <v>299</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>300</v>
+      </c>
+      <c r="P40" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>302</v>
+      </c>
+      <c r="B41" t="s">
+        <v>303</v>
+      </c>
+      <c r="C41" t="s">
+        <v>91</v>
+      </c>
+      <c r="D41" t="s">
+        <v>108</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>127</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2007</v>
+      </c>
+      <c r="I41">
+        <v>2020</v>
+      </c>
+      <c r="J41" t="s">
+        <v>94</v>
+      </c>
+      <c r="K41" t="s">
+        <v>37</v>
+      </c>
+      <c r="L41" t="s">
+        <v>304</v>
+      </c>
+      <c r="M41" t="s">
+        <v>95</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>305</v>
+      </c>
+      <c r="P41" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>307</v>
+      </c>
+      <c r="B42" t="s">
+        <v>308</v>
+      </c>
+      <c r="C42" t="s">
+        <v>237</v>
+      </c>
+      <c r="D42" t="s">
+        <v>309</v>
+      </c>
+      <c r="E42" t="s">
+        <v>76</v>
+      </c>
+      <c r="F42" t="s">
+        <v>77</v>
+      </c>
+      <c r="G42" t="s">
+        <v>35</v>
+      </c>
+      <c r="H42">
+        <v>2011</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>310</v>
+      </c>
+      <c r="K42" t="s">
+        <v>37</v>
+      </c>
+      <c r="L42" t="s">
+        <v>311</v>
+      </c>
+      <c r="M42" t="s">
+        <v>312</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>313</v>
+      </c>
+      <c r="P42" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>315</v>
+      </c>
+      <c r="B43" t="s">
+        <v>316</v>
+      </c>
+      <c r="C43" t="s">
+        <v>237</v>
+      </c>
+      <c r="D43" t="s">
+        <v>44</v>
+      </c>
+      <c r="E43" t="s">
+        <v>76</v>
+      </c>
+      <c r="F43" t="s">
+        <v>77</v>
+      </c>
+      <c r="G43" t="s">
+        <v>35</v>
+      </c>
+      <c r="H43">
+        <v>2012</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>310</v>
+      </c>
+      <c r="K43" t="s">
+        <v>37</v>
+      </c>
+      <c r="L43" t="s">
+        <v>317</v>
+      </c>
+      <c r="M43" t="s">
+        <v>312</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>318</v>
+      </c>
+      <c r="P43" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>320</v>
+      </c>
+      <c r="B44" t="s">
+        <v>321</v>
+      </c>
+      <c r="C44" t="s">
+        <v>237</v>
+      </c>
+      <c r="D44" t="s">
+        <v>309</v>
+      </c>
+      <c r="E44" t="s">
+        <v>76</v>
+      </c>
+      <c r="F44" t="s">
+        <v>34</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2001</v>
+      </c>
+      <c r="I44">
+        <v>2019</v>
+      </c>
+      <c r="J44" t="s">
         <v>110</v>
       </c>
-      <c r="L18" t="s">
-[...1060 lines deleted...]
-        <v>228</v>
+      <c r="K44" t="s">
+        <v>37</v>
+      </c>
+      <c r="L44" t="s">
+        <v>322</v>
+      </c>
+      <c r="M44" t="s">
+        <v>323</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>324</v>
+      </c>
+      <c r="P44" t="s">
+        <v>325</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>