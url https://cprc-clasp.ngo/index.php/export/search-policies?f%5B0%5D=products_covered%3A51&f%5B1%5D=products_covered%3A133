--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="242">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="244">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -194,276 +194,283 @@
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
+    <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
+  </si>
+  <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>GB 20943-2013</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
+  </si>
+  <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>CQC 3170-2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
+    <t>CQC32-372111-2021. Water Conservation Certification Rules for WC Pan</t>
+  </si>
+  <si>
+    <t>Apply to WC pan</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>GB 25502-2017; GB 28377-2019; GB 30717-2019; GB 38448-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc32-372111-2021-water-conservation-certification-rules-wc-pan</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39491</t>
+  </si>
+  <si>
+    <t>CWL 02-2020 Intelligent toilets</t>
+  </si>
+  <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>GB 38448</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cwl-02-2020-intelligent-toilets</t>
+  </si>
+  <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
+  </si>
+  <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Natural Resources Canada Office of Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
+  </si>
+  <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
+    <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
+  </si>
+  <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
+  </si>
+  <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
+    <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
+  </si>
+  <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
+  </si>
+  <si>
+    <t>This policy covers flush valves for water closets.</t>
+  </si>
+  <si>
+    <t>GB/T 8170-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
+  </si>
+  <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
+    <t>GB/T 9195</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
+    <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
+  </si>
+  <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
-  </si>
-[...211 lines deleted...]
-    <t>New, To Be Superseded</t>
   </si>
   <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
     <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
@@ -1428,55 +1435,53 @@
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>59</v>
       </c>
       <c r="B7" t="s">
         <v>60</v>
       </c>
       <c r="C7" t="s">
         <v>61</v>
       </c>
       <c r="D7" t="s">
         <v>62</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>63</v>
       </c>
       <c r="H7">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
         <v>64</v>
       </c>
       <c r="K7" t="s">
         <v>50</v>
       </c>
       <c r="L7" t="s">
         <v>65</v>
       </c>
       <c r="M7" t="s">
         <v>66</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>67</v>
       </c>
       <c r="P7" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>69</v>
@@ -1765,958 +1770,958 @@
       </c>
       <c r="P13" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>112</v>
       </c>
       <c r="B14" t="s">
         <v>113</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>48</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>114</v>
       </c>
       <c r="H14">
         <v>2007</v>
       </c>
       <c r="I14">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J14" t="s">
         <v>73</v>
       </c>
       <c r="K14" t="s">
         <v>50</v>
       </c>
       <c r="L14" t="s">
         <v>74</v>
       </c>
       <c r="M14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="N14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="O14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C15" t="s">
         <v>32</v>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2010</v>
       </c>
       <c r="I15">
         <v>2017</v>
       </c>
       <c r="J15" t="s">
         <v>73</v>
       </c>
       <c r="K15" t="s">
         <v>37</v>
       </c>
       <c r="L15" t="s">
         <v>43</v>
       </c>
       <c r="M15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N15" t="s">
         <v>39</v>
       </c>
       <c r="O15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="P15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C16" t="s">
         <v>32</v>
       </c>
       <c r="D16" t="s">
         <v>33</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>35</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>80</v>
       </c>
       <c r="K16" t="s">
         <v>37</v>
       </c>
       <c r="L16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="M16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N16" t="s">
         <v>39</v>
       </c>
       <c r="O16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C17" t="s">
         <v>32</v>
       </c>
       <c r="D17" t="s">
         <v>33</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2014</v>
       </c>
       <c r="I17">
         <v>2020</v>
       </c>
       <c r="J17" t="s">
         <v>73</v>
       </c>
       <c r="K17" t="s">
         <v>37</v>
       </c>
       <c r="L17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M17" t="s">
         <v>38</v>
       </c>
       <c r="N17" t="s">
         <v>39</v>
       </c>
       <c r="O17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="P17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C18" t="s">
         <v>32</v>
       </c>
       <c r="D18" t="s">
         <v>33</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H18">
         <v>2019</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>64</v>
+        <v>137</v>
       </c>
       <c r="K18" t="s">
         <v>37</v>
       </c>
       <c r="L18" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="M18" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N18" t="s">
         <v>39</v>
       </c>
       <c r="O18" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="P18" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B19" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C19" t="s">
         <v>32</v>
       </c>
       <c r="D19" t="s">
         <v>33</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>8</v>
       </c>
       <c r="H19">
         <v>2019</v>
       </c>
       <c r="I19">
         <v>2025</v>
       </c>
       <c r="J19" t="s">
-        <v>64</v>
+        <v>137</v>
       </c>
       <c r="K19" t="s">
         <v>50</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="N19" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="O19" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="P19" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B20" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C20" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D20" t="s">
         <v>48</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2005</v>
       </c>
       <c r="I20">
         <v>2014</v>
       </c>
       <c r="J20" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="K20" t="s">
         <v>50</v>
       </c>
       <c r="L20" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="M20" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="P20" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B21" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C21" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D21" t="s">
         <v>48</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21">
         <v>2014</v>
       </c>
       <c r="J21" t="s">
         <v>73</v>
       </c>
       <c r="K21" t="s">
         <v>50</v>
       </c>
       <c r="L21" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="M21" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="P21" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B22" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C22" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D22" t="s">
         <v>33</v>
       </c>
       <c r="E22" t="s">
         <v>71</v>
       </c>
       <c r="F22" t="s">
         <v>72</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>1994</v>
       </c>
       <c r="I22">
         <v>2013</v>
       </c>
       <c r="J22" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="K22" t="s">
         <v>37</v>
       </c>
       <c r="L22" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="M22" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="N22" t="s">
         <v>39</v>
       </c>
       <c r="O22" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="P22" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B23" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C23" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D23" t="s">
         <v>48</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>35</v>
       </c>
       <c r="H23">
         <v>2009</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="K23" t="s">
         <v>50</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="P23" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B24" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C24" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D24" t="s">
         <v>48</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2005</v>
       </c>
       <c r="I24">
         <v>2011</v>
       </c>
       <c r="J24" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="K24" t="s">
         <v>50</v>
       </c>
       <c r="L24" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="M24" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="P24" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B25" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C25" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D25" t="s">
         <v>48</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="H25">
         <v>2017</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="K25" t="s">
         <v>50</v>
       </c>
       <c r="L25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="M25" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="P25" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B26" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C26" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D26" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>101</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2017</v>
       </c>
       <c r="I26">
         <v>2021</v>
       </c>
       <c r="J26" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="K26" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="L26" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="M26" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="N26" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="O26" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="P26" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B27" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C27" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D27" t="s">
         <v>48</v>
       </c>
       <c r="E27" t="s">
         <v>71</v>
       </c>
       <c r="F27" t="s">
         <v>101</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2014</v>
       </c>
       <c r="I27">
         <v>2016</v>
       </c>
       <c r="J27" t="s">
         <v>92</v>
       </c>
       <c r="K27" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="L27" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="M27" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="P27" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B28" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C28" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D28" t="s">
         <v>48</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>101</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2007</v>
       </c>
       <c r="I28">
         <v>2011</v>
       </c>
       <c r="J28" t="s">
         <v>92</v>
       </c>
       <c r="K28" t="s">
         <v>50</v>
       </c>
       <c r="L28" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="M28" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="P28" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B29" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C29" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D29" t="s">
         <v>48</v>
       </c>
       <c r="E29" t="s">
         <v>71</v>
       </c>
       <c r="F29" t="s">
         <v>72</v>
       </c>
       <c r="G29" t="s">
         <v>35</v>
       </c>
       <c r="H29">
         <v>2012</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="K29" t="s">
         <v>50</v>
       </c>
       <c r="L29" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="M29" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P29" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B30" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C30" t="s">
         <v>32</v>
       </c>
       <c r="D30" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="E30" t="s">
         <v>71</v>
       </c>
       <c r="F30" t="s">
         <v>72</v>
       </c>
       <c r="G30" t="s">
         <v>35</v>
       </c>
       <c r="H30">
         <v>2017</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
         <v>36</v>
       </c>
       <c r="K30" t="s">
         <v>37</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>75</v>
       </c>
       <c r="N30" t="s">
         <v>39</v>
       </c>
       <c r="O30" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="P30" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B31" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C31" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D31" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="E31" t="s">
         <v>71</v>
       </c>
       <c r="F31" t="s">
         <v>34</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2015</v>
       </c>
       <c r="I31">
         <v>2016</v>
       </c>
       <c r="J31" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="K31" t="s">
         <v>37</v>
       </c>
       <c r="L31" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="M31" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="N31" t="s">
         <v>39</v>
       </c>
       <c r="O31" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="P31" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B32" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
         <v>33</v>
       </c>
       <c r="E32" t="s">
         <v>71</v>
       </c>
       <c r="F32" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="G32" t="s">
         <v>35</v>
       </c>
       <c r="H32">
         <v>2014</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="K32" t="s">
         <v>37</v>
       </c>
       <c r="L32" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="M32" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="N32" t="s">
         <v>39</v>
       </c>
       <c r="O32" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="P32" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">