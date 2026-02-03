--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -185,63 +185,64 @@
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
     <t>This policy applies to doors and windows with a thermal insulation function.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
@@ -414,50 +415,53 @@
     <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
     <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
     <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
     <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
@@ -1356,55 +1360,53 @@
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>56</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>58</v>
       </c>
       <c r="D6" t="s">
         <v>59</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>60</v>
       </c>
       <c r="H6">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
         <v>61</v>
       </c>
       <c r="K6" t="s">
         <v>47</v>
       </c>
       <c r="L6" t="s">
         <v>62</v>
       </c>
       <c r="M6" t="s">
         <v>63</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>64</v>
       </c>
       <c r="P6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>66</v>
@@ -1885,706 +1887,706 @@
       </c>
       <c r="P16" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>132</v>
       </c>
       <c r="B17" t="s">
         <v>133</v>
       </c>
       <c r="C17" t="s">
         <v>68</v>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>134</v>
       </c>
       <c r="H17">
         <v>2007</v>
       </c>
       <c r="I17">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J17" t="s">
         <v>71</v>
       </c>
       <c r="K17" t="s">
         <v>47</v>
       </c>
       <c r="L17" t="s">
         <v>85</v>
       </c>
       <c r="M17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="O17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C18" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D18" t="s">
         <v>45</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2005</v>
       </c>
       <c r="I18">
         <v>2014</v>
       </c>
       <c r="J18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="K18" t="s">
         <v>47</v>
       </c>
       <c r="L18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P18" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B19" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C19" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D19" t="s">
         <v>45</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2013</v>
       </c>
       <c r="I19">
         <v>2014</v>
       </c>
       <c r="J19" t="s">
         <v>71</v>
       </c>
       <c r="K19" t="s">
         <v>47</v>
       </c>
       <c r="L19" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="M19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D20" t="s">
         <v>45</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>35</v>
       </c>
       <c r="H20">
         <v>2009</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="K20" t="s">
         <v>47</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="P20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B21" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C21" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D21" t="s">
         <v>33</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>96</v>
       </c>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="K21" t="s">
         <v>37</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P21" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B22" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C22" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D22" t="s">
         <v>45</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2005</v>
       </c>
       <c r="I22">
         <v>2011</v>
       </c>
       <c r="J22" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="K22" t="s">
         <v>47</v>
       </c>
       <c r="L22" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="M22" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P22" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B23" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C23" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D23" t="s">
         <v>45</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H23">
         <v>2017</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="K23" t="s">
         <v>47</v>
       </c>
       <c r="L23" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="M23" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P23" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B24" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C24" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D24" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E24" t="s">
         <v>69</v>
       </c>
       <c r="F24" t="s">
         <v>70</v>
       </c>
       <c r="G24" t="s">
         <v>35</v>
       </c>
       <c r="H24">
         <v>2014</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="K24" t="s">
         <v>37</v>
       </c>
       <c r="L24" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="M24" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="P24" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B25" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C25" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D25" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>104</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2017</v>
       </c>
       <c r="I25">
         <v>2021</v>
       </c>
       <c r="J25" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="K25" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="L25" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="M25" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N25" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="O25" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P25" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B26" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C26" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D26" t="s">
         <v>45</v>
       </c>
       <c r="E26" t="s">
         <v>69</v>
       </c>
       <c r="F26" t="s">
         <v>104</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2014</v>
       </c>
       <c r="I26">
         <v>2016</v>
       </c>
       <c r="J26" t="s">
         <v>105</v>
       </c>
       <c r="K26" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="L26" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="M26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P26" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B27" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C27" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D27" t="s">
         <v>45</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>104</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2007</v>
       </c>
       <c r="I27">
         <v>2011</v>
       </c>
       <c r="J27" t="s">
         <v>105</v>
       </c>
       <c r="K27" t="s">
         <v>47</v>
       </c>
       <c r="L27" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M27" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P27" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B28" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C28" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D28" t="s">
         <v>33</v>
       </c>
       <c r="E28" t="s">
         <v>69</v>
       </c>
       <c r="F28" t="s">
         <v>34</v>
       </c>
       <c r="G28" t="s">
         <v>35</v>
       </c>
       <c r="H28">
         <v>2015</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K28" t="s">
         <v>37</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="P28" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B29" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C29" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D29" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E29" t="s">
         <v>69</v>
       </c>
       <c r="F29" t="s">
         <v>70</v>
       </c>
       <c r="G29" t="s">
         <v>35</v>
       </c>
       <c r="H29">
         <v>2012</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="K29" t="s">
         <v>37</v>
       </c>
       <c r="L29" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="M29" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P29" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B30" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C30" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D30" t="s">
         <v>45</v>
       </c>
       <c r="E30" t="s">
         <v>69</v>
       </c>
       <c r="F30" t="s">
         <v>70</v>
       </c>
       <c r="G30" t="s">
         <v>35</v>
       </c>
       <c r="H30">
         <v>2012</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="K30" t="s">
         <v>47</v>
       </c>
       <c r="L30" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="M30" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="P30" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">