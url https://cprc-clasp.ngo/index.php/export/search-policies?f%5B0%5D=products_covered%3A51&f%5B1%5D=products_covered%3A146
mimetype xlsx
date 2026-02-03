--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -173,63 +173,64 @@
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-406331-2015. Energy Conservation Certification Rules for Secondary Water Supply Equipment</t>
   </si>
   <si>
     <t>Applied to secondary water supply equipment in civil bulidings</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Pump Systems</t>
   </si>
@@ -318,50 +319,53 @@
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
     <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
@@ -1207,55 +1211,53 @@
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>52</v>
       </c>
       <c r="B6" t="s">
         <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>54</v>
       </c>
       <c r="D6" t="s">
         <v>55</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>56</v>
       </c>
       <c r="H6">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
         <v>57</v>
       </c>
       <c r="K6" t="s">
         <v>34</v>
       </c>
       <c r="L6" t="s">
         <v>58</v>
       </c>
       <c r="M6" t="s">
         <v>59</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>60</v>
       </c>
       <c r="P6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>62</v>
@@ -1496,566 +1498,566 @@
       </c>
       <c r="P11" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>100</v>
       </c>
       <c r="B12" t="s">
         <v>101</v>
       </c>
       <c r="C12" t="s">
         <v>64</v>
       </c>
       <c r="D12" t="s">
         <v>42</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>102</v>
       </c>
       <c r="H12">
         <v>2007</v>
       </c>
       <c r="I12">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J12" t="s">
         <v>76</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12" t="s">
         <v>82</v>
       </c>
       <c r="M12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="N12" t="s">
         <v>36</v>
       </c>
       <c r="O12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D13" t="s">
         <v>65</v>
       </c>
       <c r="E13" t="s">
         <v>66</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>68</v>
       </c>
       <c r="H13">
         <v>1986</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D14" t="s">
         <v>42</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2005</v>
       </c>
       <c r="I14">
         <v>2014</v>
       </c>
       <c r="J14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D15" t="s">
         <v>42</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15">
         <v>2014</v>
       </c>
       <c r="J15" t="s">
         <v>76</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="M15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D16" t="s">
         <v>42</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>68</v>
       </c>
       <c r="H16">
         <v>2009</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="P16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D17" t="s">
         <v>42</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2005</v>
       </c>
       <c r="I17">
         <v>2011</v>
       </c>
       <c r="J17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="M17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D18" t="s">
         <v>42</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="H18">
         <v>2017</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="M18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="P18" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D19" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>94</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2017</v>
       </c>
       <c r="I19">
         <v>2021</v>
       </c>
       <c r="J19" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="K19" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L19" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="M19" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="N19" t="s">
         <v>36</v>
       </c>
       <c r="O19" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="P19" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B20" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C20" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D20" t="s">
         <v>42</v>
       </c>
       <c r="E20" t="s">
         <v>66</v>
       </c>
       <c r="F20" t="s">
         <v>94</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2014</v>
       </c>
       <c r="I20">
         <v>2016</v>
       </c>
       <c r="J20" t="s">
         <v>95</v>
       </c>
       <c r="K20" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="L20" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="M20" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P20" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B21" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C21" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D21" t="s">
         <v>42</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>94</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2007</v>
       </c>
       <c r="I21">
         <v>2011</v>
       </c>
       <c r="J21" t="s">
         <v>95</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="M21" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P21" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B22" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C22" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D22" t="s">
         <v>42</v>
       </c>
       <c r="E22" t="s">
         <v>66</v>
       </c>
       <c r="F22" t="s">
         <v>67</v>
       </c>
       <c r="G22" t="s">
         <v>68</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="M22" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P22" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">