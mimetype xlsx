--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="385">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="386">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -317,63 +317,64 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
     <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
@@ -654,50 +655,53 @@
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
     <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
     <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
@@ -807,67 +811,67 @@
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger-0</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
     <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
   </si>
@@ -2117,55 +2121,53 @@
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>100</v>
       </c>
       <c r="B12" t="s">
         <v>101</v>
       </c>
       <c r="C12" t="s">
         <v>102</v>
       </c>
       <c r="D12" t="s">
         <v>103</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>104</v>
       </c>
       <c r="H12">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
         <v>105</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12" t="s">
         <v>106</v>
       </c>
       <c r="M12" t="s">
         <v>107</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>108</v>
       </c>
       <c r="P12" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>110</v>
@@ -2938,1332 +2940,1332 @@
       </c>
       <c r="P28" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>211</v>
       </c>
       <c r="B29" t="s">
         <v>212</v>
       </c>
       <c r="C29" t="s">
         <v>52</v>
       </c>
       <c r="D29" t="s">
         <v>91</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>213</v>
       </c>
       <c r="H29">
         <v>2007</v>
       </c>
       <c r="I29">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J29" t="s">
         <v>62</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
       <c r="L29" t="s">
         <v>149</v>
       </c>
       <c r="M29" t="s">
         <v>57</v>
       </c>
       <c r="N29" t="s">
         <v>36</v>
       </c>
       <c r="O29" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P29" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B30" t="s">
         <v>139</v>
       </c>
       <c r="C30" t="s">
         <v>52</v>
       </c>
       <c r="D30" t="s">
         <v>53</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2008</v>
       </c>
       <c r="I30">
         <v>2008</v>
       </c>
       <c r="J30" t="s">
         <v>62</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30" t="s">
         <v>75</v>
       </c>
       <c r="M30" t="s">
         <v>57</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="P30" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B31" t="s">
         <v>51</v>
       </c>
       <c r="C31" t="s">
         <v>52</v>
       </c>
       <c r="D31" t="s">
         <v>53</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>54</v>
       </c>
       <c r="H31">
         <v>2020</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>55</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31" t="s">
         <v>56</v>
       </c>
       <c r="M31" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="P31" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B32" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C32" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D32" t="s">
         <v>91</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2005</v>
       </c>
       <c r="I32">
         <v>2014</v>
       </c>
       <c r="J32" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="M32" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="P32" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B33" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C33" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D33" t="s">
         <v>53</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>54</v>
       </c>
       <c r="H33">
         <v>2009</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
       <c r="L33" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="M33" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="N33" t="s">
         <v>36</v>
       </c>
       <c r="O33" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="P33" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B34" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C34" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D34" t="s">
         <v>91</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2013</v>
       </c>
       <c r="I34">
         <v>2014</v>
       </c>
       <c r="J34" t="s">
         <v>62</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="M34" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="P34" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B35" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C35" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D35" t="s">
         <v>53</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>43</v>
       </c>
       <c r="G35" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H35">
         <v>2021</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="M35" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="P35" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B36" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C36" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D36" t="s">
         <v>91</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>54</v>
       </c>
       <c r="H36">
         <v>2009</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="K36" t="s">
         <v>34</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="P36" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B37" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C37" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D37" t="s">
         <v>53</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2010</v>
       </c>
       <c r="I37">
         <v>2012</v>
       </c>
       <c r="J37" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="P37" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B38" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C38" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D38" t="s">
         <v>53</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H38">
         <v>2021</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="M38" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="P38" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B39" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C39" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D39" t="s">
         <v>91</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2005</v>
       </c>
       <c r="I39">
         <v>2011</v>
       </c>
       <c r="J39" t="s">
         <v>74</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="M39" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="P39" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B40" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C40" t="s">
         <v>207</v>
       </c>
       <c r="D40" t="s">
         <v>81</v>
       </c>
       <c r="E40" t="s">
         <v>42</v>
       </c>
       <c r="F40" t="s">
         <v>43</v>
       </c>
       <c r="G40" t="s">
         <v>54</v>
       </c>
       <c r="H40">
         <v>2017</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
         <v>208</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="P40" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B41" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C41" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D41" t="s">
         <v>53</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>114</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2006</v>
       </c>
       <c r="I41">
         <v>2025</v>
       </c>
       <c r="J41" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="M41" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="P41" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B42" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C42" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D42" t="s">
         <v>91</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H42">
         <v>2017</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="M42" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="P42" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B43" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C43" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D43" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>114</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2017</v>
       </c>
       <c r="I43">
         <v>2021</v>
       </c>
       <c r="J43" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="K43" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="L43" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="M43" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="N43" t="s">
         <v>36</v>
       </c>
       <c r="O43" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="P43" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B44" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C44" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D44" t="s">
         <v>113</v>
       </c>
       <c r="E44" t="s">
         <v>42</v>
       </c>
       <c r="F44" t="s">
         <v>114</v>
       </c>
       <c r="G44" t="s">
         <v>123</v>
       </c>
       <c r="H44"/>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44" t="s">
         <v>115</v>
       </c>
       <c r="M44" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="P44" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B45" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C45" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D45" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>1982</v>
       </c>
       <c r="I45">
         <v>2024</v>
       </c>
       <c r="J45" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="N45" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="O45" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="P45" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B46" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C46" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D46" t="s">
         <v>53</v>
       </c>
       <c r="E46" t="s">
         <v>42</v>
       </c>
       <c r="F46" t="s">
         <v>43</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2010</v>
       </c>
       <c r="I46">
         <v>2016</v>
       </c>
       <c r="J46" t="s">
         <v>44</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="P46" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B47" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C47" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D47" t="s">
         <v>81</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>114</v>
       </c>
       <c r="G47" t="s">
         <v>54</v>
       </c>
       <c r="H47">
         <v>2019</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>83</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="P47" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B48" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C48" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D48" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>43</v>
       </c>
       <c r="G48" t="s">
         <v>54</v>
       </c>
       <c r="H48">
         <v>2018</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>44</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="P48" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B49" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C49" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D49" t="s">
         <v>91</v>
       </c>
       <c r="E49" t="s">
         <v>42</v>
       </c>
       <c r="F49" t="s">
         <v>114</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2014</v>
       </c>
       <c r="I49">
         <v>2016</v>
       </c>
       <c r="J49" t="s">
         <v>167</v>
       </c>
       <c r="K49" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="L49" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="M49" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="P49" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B50" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C50" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D50" t="s">
         <v>91</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>114</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2007</v>
       </c>
       <c r="I50">
         <v>2011</v>
       </c>
       <c r="J50" t="s">
         <v>167</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="M50" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="P50" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B51" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C51" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D51" t="s">
         <v>81</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>114</v>
       </c>
       <c r="G51" t="s">
         <v>54</v>
       </c>
       <c r="H51">
         <v>2004</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>167</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="P51" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B52" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C52" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D52" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>114</v>
       </c>
       <c r="G52" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="H52">
         <v>2002</v>
       </c>
       <c r="I52">
         <v>2007</v>
       </c>
       <c r="J52" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="M52" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="P52" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B53" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C53" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D53" t="s">
         <v>91</v>
       </c>
       <c r="E53" t="s">
         <v>42</v>
       </c>
       <c r="F53" t="s">
         <v>82</v>
       </c>
       <c r="G53" t="s">
         <v>54</v>
       </c>
       <c r="H53">
         <v>2012</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="K53" t="s">
         <v>34</v>
       </c>
       <c r="L53" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="M53" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="P53" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B54" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C54" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D54" t="s">
         <v>113</v>
       </c>
       <c r="E54" t="s">
         <v>42</v>
       </c>
       <c r="F54" t="s">
         <v>114</v>
       </c>
       <c r="G54" t="s">
         <v>54</v>
       </c>
       <c r="H54">
         <v>2016</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>176</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54" t="s">
         <v>115</v>
       </c>
       <c r="M54" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="P54" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B55" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C55" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D55" t="s">
         <v>53</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>114</v>
       </c>
       <c r="G55" t="s">
         <v>54</v>
       </c>
       <c r="H55">
         <v>2014</v>
       </c>
       <c r="I55">
         <v>2019</v>
       </c>
       <c r="J55" t="s">
         <v>62</v>
       </c>
       <c r="K55" t="s">
         <v>34</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="P55" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">