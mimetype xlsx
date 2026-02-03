--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -177,63 +177,64 @@
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
   </si>
   <si>
     <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
@@ -311,50 +312,53 @@
 Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
   </si>
   <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
     <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
     <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
@@ -1281,55 +1285,53 @@
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>53</v>
       </c>
       <c r="B7" t="s">
         <v>54</v>
       </c>
       <c r="C7" t="s">
         <v>55</v>
       </c>
       <c r="D7" t="s">
         <v>56</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>57</v>
       </c>
       <c r="H7">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
         <v>58</v>
       </c>
       <c r="K7" t="s">
         <v>35</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
         <v>60</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>61</v>
       </c>
       <c r="P7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>63</v>
@@ -1524,662 +1526,662 @@
       </c>
       <c r="P11" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>97</v>
       </c>
       <c r="B12" t="s">
         <v>98</v>
       </c>
       <c r="C12" t="s">
         <v>65</v>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>99</v>
       </c>
       <c r="H12">
         <v>2007</v>
       </c>
       <c r="I12">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J12" t="s">
         <v>68</v>
       </c>
       <c r="K12" t="s">
         <v>35</v>
       </c>
       <c r="L12" t="s">
         <v>69</v>
       </c>
       <c r="M12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="N12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="O12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2005</v>
       </c>
       <c r="I13">
         <v>2014</v>
       </c>
       <c r="J13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K13" t="s">
         <v>35</v>
       </c>
       <c r="L13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="M13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D14" t="s">
         <v>92</v>
       </c>
       <c r="E14" t="s">
         <v>66</v>
       </c>
       <c r="F14" t="s">
         <v>67</v>
       </c>
       <c r="G14" t="s">
         <v>47</v>
       </c>
       <c r="H14">
         <v>2016</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K14" t="s">
         <v>35</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15">
         <v>2014</v>
       </c>
       <c r="J15" t="s">
         <v>68</v>
       </c>
       <c r="K15" t="s">
         <v>35</v>
       </c>
       <c r="L15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D16" t="s">
         <v>33</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>47</v>
       </c>
       <c r="H16">
         <v>2009</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="K16" t="s">
         <v>35</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D17" t="s">
         <v>33</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2005</v>
       </c>
       <c r="I17">
         <v>2011</v>
       </c>
       <c r="J17" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K17" t="s">
         <v>35</v>
       </c>
       <c r="L17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="M17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="P17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B18" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D18" t="s">
         <v>92</v>
       </c>
       <c r="E18" t="s">
         <v>66</v>
       </c>
       <c r="F18" t="s">
         <v>67</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2006</v>
       </c>
       <c r="I18">
         <v>2006</v>
       </c>
       <c r="J18" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="K18" t="s">
         <v>35</v>
       </c>
       <c r="L18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P18"/>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B19" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C19" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D19" t="s">
         <v>33</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H19">
         <v>2017</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K19" t="s">
         <v>35</v>
       </c>
       <c r="L19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="M19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P19" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>83</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2017</v>
       </c>
       <c r="I20">
         <v>2021</v>
       </c>
       <c r="J20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="L20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M20" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="N20" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="O20" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P20" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B21" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C21" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D21" t="s">
         <v>33</v>
       </c>
       <c r="E21" t="s">
         <v>66</v>
       </c>
       <c r="F21" t="s">
         <v>83</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2014</v>
       </c>
       <c r="I21">
         <v>2016</v>
       </c>
       <c r="J21" t="s">
         <v>84</v>
       </c>
       <c r="K21" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="L21" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M21" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P21" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B22" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C22" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D22" t="s">
         <v>33</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>83</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2007</v>
       </c>
       <c r="I22">
         <v>2011</v>
       </c>
       <c r="J22" t="s">
         <v>84</v>
       </c>
       <c r="K22" t="s">
         <v>35</v>
       </c>
       <c r="L22" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="M22" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P22" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B23" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C23" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D23" t="s">
         <v>92</v>
       </c>
       <c r="E23" t="s">
         <v>66</v>
       </c>
       <c r="F23" t="s">
         <v>67</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
       <c r="I23">
         <v>2012</v>
       </c>
       <c r="J23" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="K23" t="s">
         <v>35</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="P23" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B24" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D24" t="s">
         <v>33</v>
       </c>
       <c r="E24" t="s">
         <v>66</v>
       </c>
       <c r="F24" t="s">
         <v>67</v>
       </c>
       <c r="G24" t="s">
         <v>47</v>
       </c>
       <c r="H24">
         <v>2012</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="K24" t="s">
         <v>35</v>
       </c>
       <c r="L24" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M24" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P24" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">