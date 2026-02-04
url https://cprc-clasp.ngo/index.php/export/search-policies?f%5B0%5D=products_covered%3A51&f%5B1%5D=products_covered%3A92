--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="241">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -195,63 +195,64 @@
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
@@ -327,50 +328,53 @@
   <si>
     <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
   </si>
   <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
     <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
@@ -447,69 +451,69 @@
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
     <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
   </si>
   <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
     <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger-0</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
@@ -1471,55 +1475,53 @@
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>59</v>
       </c>
       <c r="B8" t="s">
         <v>60</v>
       </c>
       <c r="C8" t="s">
         <v>61</v>
       </c>
       <c r="D8" t="s">
         <v>62</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>63</v>
       </c>
       <c r="H8">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
         <v>64</v>
       </c>
       <c r="K8" t="s">
         <v>37</v>
       </c>
       <c r="L8" t="s">
         <v>65</v>
       </c>
       <c r="M8" t="s">
         <v>66</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>67</v>
       </c>
       <c r="P8" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>69</v>
@@ -1710,994 +1712,994 @@
       <c r="O12" t="s">
         <v>101</v>
       </c>
       <c r="P12"/>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>102</v>
       </c>
       <c r="B13" t="s">
         <v>103</v>
       </c>
       <c r="C13" t="s">
         <v>71</v>
       </c>
       <c r="D13" t="s">
         <v>49</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>104</v>
       </c>
       <c r="H13">
         <v>2007</v>
       </c>
       <c r="I13">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J13" t="s">
         <v>74</v>
       </c>
       <c r="K13" t="s">
         <v>37</v>
       </c>
       <c r="L13" t="s">
         <v>75</v>
       </c>
       <c r="M13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="N13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="O13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2019</v>
       </c>
       <c r="I14">
         <v>2019</v>
       </c>
       <c r="J14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="K14" t="s">
         <v>37</v>
       </c>
       <c r="L14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="M14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="P14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D15" t="s">
         <v>49</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2005</v>
       </c>
       <c r="I15">
         <v>2014</v>
       </c>
       <c r="J15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="K15" t="s">
         <v>37</v>
       </c>
       <c r="L15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D16" t="s">
         <v>49</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
       <c r="I16">
         <v>2014</v>
       </c>
       <c r="J16" t="s">
         <v>74</v>
       </c>
       <c r="K16" t="s">
         <v>37</v>
       </c>
       <c r="L16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>1996</v>
       </c>
       <c r="I17">
         <v>2017</v>
       </c>
       <c r="J17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="K17" t="s">
         <v>37</v>
       </c>
       <c r="L17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="M17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D18" t="s">
         <v>33</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>1996</v>
       </c>
       <c r="I18">
         <v>2017</v>
       </c>
       <c r="J18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="K18" t="s">
         <v>37</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P18" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B19" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C19" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D19" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>34</v>
       </c>
       <c r="G19" t="s">
         <v>35</v>
       </c>
       <c r="H19">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="K19" t="s">
         <v>37</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="P19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B20" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D20" t="s">
         <v>49</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>35</v>
       </c>
       <c r="H20">
         <v>2009</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="K20" t="s">
         <v>37</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="P20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B21" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C21" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D21" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>35</v>
       </c>
       <c r="H21">
         <v>2025</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="K21" t="s">
         <v>37</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P21" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B22" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C22" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D22" t="s">
         <v>49</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2005</v>
       </c>
       <c r="I22">
         <v>2011</v>
       </c>
       <c r="J22" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="K22" t="s">
         <v>37</v>
       </c>
       <c r="L22" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="M22" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P22" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B23" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C23" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D23" t="s">
         <v>33</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>35</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="K23" t="s">
         <v>37</v>
       </c>
       <c r="L23" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="M23" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P23" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B24" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C24" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D24" t="s">
         <v>49</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H24">
         <v>2017</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="K24" t="s">
         <v>37</v>
       </c>
       <c r="L24" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="M24" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P24" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B25" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C25" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D25" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>89</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2017</v>
       </c>
       <c r="I25">
         <v>2021</v>
       </c>
       <c r="J25" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K25" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="L25" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M25" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="N25" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="O25" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P25" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B26" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C26" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D26" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E26" t="s">
         <v>72</v>
       </c>
       <c r="F26" t="s">
         <v>34</v>
       </c>
       <c r="G26" t="s">
         <v>35</v>
       </c>
       <c r="H26">
         <v>2014</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="K26" t="s">
         <v>37</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="P26" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B27" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C27" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D27" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>34</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2008</v>
       </c>
       <c r="I27">
         <v>2013</v>
       </c>
       <c r="J27" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="K27" t="s">
         <v>37</v>
       </c>
       <c r="L27" t="s">
         <v>25</v>
       </c>
       <c r="M27" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P27" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B28" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C28" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D28" t="s">
         <v>49</v>
       </c>
       <c r="E28" t="s">
         <v>72</v>
       </c>
       <c r="F28" t="s">
         <v>89</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2014</v>
       </c>
       <c r="I28">
         <v>2016</v>
       </c>
       <c r="J28" t="s">
         <v>90</v>
       </c>
       <c r="K28" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="L28" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M28" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P28" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C29" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D29" t="s">
         <v>49</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>89</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2007</v>
       </c>
       <c r="I29">
         <v>2011</v>
       </c>
       <c r="J29" t="s">
         <v>90</v>
       </c>
       <c r="K29" t="s">
         <v>37</v>
       </c>
       <c r="L29" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="M29" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P29" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B30" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C30" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D30" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>34</v>
       </c>
       <c r="G30" t="s">
         <v>35</v>
       </c>
       <c r="H30">
         <v>2017</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
         <v>90</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="N30" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="O30" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="P30" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B31" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C31" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D31" t="s">
         <v>49</v>
       </c>
       <c r="E31" t="s">
         <v>72</v>
       </c>
       <c r="F31" t="s">
         <v>73</v>
       </c>
       <c r="G31" t="s">
         <v>35</v>
       </c>
       <c r="H31">
         <v>2012</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="K31" t="s">
         <v>37</v>
       </c>
       <c r="L31" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="M31" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="P31" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B32" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C32" t="s">
         <v>32</v>
       </c>
       <c r="D32" t="s">
         <v>33</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>35</v>
       </c>
       <c r="H32">
         <v>2021</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>36</v>
       </c>
       <c r="K32" t="s">
         <v>37</v>
       </c>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="P32" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">