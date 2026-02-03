--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,90 +80,93 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
+  </si>
+  <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Solar Inverters</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...37 lines deleted...]
-    <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
     <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
   </si>
@@ -779,366 +782,366 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>34</v>
       </c>
       <c r="F3" t="s">
         <v>35</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H3">
         <v>2013</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="K3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="M3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="P3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H4">
         <v>2012</v>
       </c>
       <c r="I4">
         <v>2015</v>
       </c>
       <c r="J4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="M4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
       <c r="I5">
         <v>2014</v>
       </c>
       <c r="J5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="M5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
         <v>33</v>
       </c>
       <c r="E6" t="s">
         <v>34</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H6">
         <v>2022</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="O6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" t="s">
         <v>34</v>
       </c>
       <c r="F7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="M7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
         <v>34</v>
       </c>
       <c r="F8" t="s">
         <v>35</v>
       </c>
       <c r="G8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H8">
         <v>2011</v>
       </c>
       <c r="I8">
         <v>2022</v>
       </c>
       <c r="J8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="K8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="O8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H9">
         <v>2019</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="O9" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="P9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">