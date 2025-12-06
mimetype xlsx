--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,380 +12,473 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
   </si>
   <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>November 2020</t>
-[...2 lines deleted...]
-    <t>Kenya Bureau of Standards (KEBS)</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -649,729 +742,816 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1998</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2000</v>
+      </c>
+      <c r="I3">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>43</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>40</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1996</v>
+      </c>
+      <c r="I6">
+        <v>2010</v>
+      </c>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>31</v>
+      </c>
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>66</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>68</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>38</v>
+      </c>
+      <c r="E8" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" t="s">
+        <v>74</v>
+      </c>
+      <c r="G8" t="s">
+        <v>41</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>68</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>38</v>
+      </c>
+      <c r="E9" t="s">
+        <v>39</v>
+      </c>
+      <c r="F9" t="s">
+        <v>40</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2022</v>
+      </c>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>66</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>68</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>91</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F10" t="s">
+        <v>31</v>
+      </c>
+      <c r="G10" t="s">
+        <v>41</v>
+      </c>
+      <c r="H10">
+        <v>2019</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>92</v>
+      </c>
+      <c r="K10" t="s">
+        <v>43</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>94</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B11" t="s">
+        <v>98</v>
+      </c>
+      <c r="C11" t="s">
+        <v>99</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G11" t="s">
+        <v>41</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>100</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>99</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>31</v>
+      </c>
+      <c r="G12" t="s">
+        <v>41</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>100</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...22 lines deleted...]
-        <v>28</v>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D13" t="s">
+        <v>109</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>74</v>
+      </c>
+      <c r="G13" t="s">
+        <v>41</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>111</v>
+      </c>
+      <c r="N13" t="s">
+        <v>112</v>
+      </c>
+      <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C14" t="s">
+        <v>117</v>
+      </c>
+      <c r="D14" t="s">
+        <v>118</v>
+      </c>
+      <c r="E14" t="s">
+        <v>39</v>
+      </c>
+      <c r="F14" t="s">
         <v>31</v>
       </c>
-      <c r="D4" t="s">
-[...27 lines deleted...]
-      <c r="N4" t="s">
+      <c r="G14" t="s">
+        <v>41</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>119</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>120</v>
+      </c>
+      <c r="M14" t="s">
+        <v>121</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>122</v>
+      </c>
+      <c r="P14"/>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D15" t="s">
+        <v>118</v>
+      </c>
+      <c r="E15" t="s">
         <v>39</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C5" t="s">
+      <c r="F15" t="s">
+        <v>31</v>
+      </c>
+      <c r="G15" t="s">
         <v>41</v>
       </c>
-      <c r="D5" t="s">
-[...86 lines deleted...]
-      <c r="E7" t="s">
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>119</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>120</v>
+      </c>
+      <c r="M15" t="s">
+        <v>121</v>
+      </c>
+      <c r="N15" t="s">
         <v>26</v>
       </c>
-      <c r="F7" t="s">
-[...349 lines deleted...]
-      </c>
+      <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>