--- v0 (2025-10-13)
+++ v1 (2025-12-07)
@@ -12,377 +12,455 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
   </si>
   <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N147 - Electric Coffeemakers</t>
   </si>
   <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n147-electric-coffeemakers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
+  </si>
+  <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -646,653 +724,732 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="620.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="135.538" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...5 lines deleted...]
-      <c r="F2" t="s">
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>42</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>40</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
-        <v>23</v>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>67</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>69</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...45 lines deleted...]
-      <c r="B4" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>50</v>
+      </c>
+      <c r="E8" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" t="s">
+        <v>40</v>
+      </c>
+      <c r="G8" t="s">
         <v>30</v>
-      </c>
-[...179 lines deleted...]
-        <v>2006</v>
       </c>
       <c r="H8">
         <v>2006</v>
       </c>
-      <c r="I8" t="s">
-        <v>60</v>
+      <c r="I8">
+        <v>2006</v>
       </c>
       <c r="J8" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="K8" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>83</v>
+      </c>
+      <c r="G9" t="s">
+        <v>30</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>84</v>
+      </c>
+      <c r="K9" t="s">
+        <v>85</v>
+      </c>
+      <c r="L9" t="s">
+        <v>86</v>
+      </c>
+      <c r="M9" t="s">
+        <v>87</v>
+      </c>
+      <c r="N9" t="s">
+        <v>88</v>
+      </c>
+      <c r="O9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P9" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E10" t="s">
+        <v>39</v>
+      </c>
+      <c r="F10" t="s">
+        <v>83</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="N8" t="s">
-        <v>63</v>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>94</v>
+      </c>
+      <c r="M10" t="s">
+        <v>95</v>
+      </c>
+      <c r="N10" t="s">
+        <v>69</v>
+      </c>
+      <c r="O10" t="s">
+        <v>96</v>
+      </c>
+      <c r="P10" t="s">
+        <v>97</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
-[...12 lines deleted...]
-      <c r="E9" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D11" t="s">
+        <v>38</v>
+      </c>
+      <c r="E11" t="s">
+        <v>39</v>
+      </c>
+      <c r="F11" t="s">
+        <v>40</v>
+      </c>
+      <c r="G11" t="s">
+        <v>30</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2022</v>
+      </c>
+      <c r="J11" t="s">
+        <v>101</v>
+      </c>
+      <c r="K11" t="s">
         <v>67</v>
       </c>
-      <c r="F9" t="s">
-[...11 lines deleted...]
-      <c r="J9" t="s">
+      <c r="L11" t="s">
+        <v>102</v>
+      </c>
+      <c r="M11" t="s">
+        <v>103</v>
+      </c>
+      <c r="N11" t="s">
         <v>69</v>
       </c>
-      <c r="K9" t="s">
-[...9 lines deleted...]
-        <v>73</v>
+      <c r="O11" t="s">
+        <v>104</v>
+      </c>
+      <c r="P11" t="s">
+        <v>105</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...85 lines deleted...]
-    <row r="12" spans="1:14">
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>85</v>
+        <v>106</v>
       </c>
       <c r="B12" t="s">
-        <v>86</v>
+        <v>107</v>
       </c>
       <c r="C12" t="s">
-        <v>41</v>
+        <v>108</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F12" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>40</v>
+      </c>
+      <c r="G12" t="s">
+        <v>30</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
-      <c r="I12" t="s">
-        <v>60</v>
+      <c r="I12">
+        <v>2012</v>
       </c>
       <c r="J12" t="s">
+        <v>75</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>109</v>
+      </c>
+      <c r="N12" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" t="s">
+        <v>110</v>
+      </c>
+      <c r="P12" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>112</v>
+      </c>
+      <c r="B13" t="s">
+        <v>113</v>
+      </c>
+      <c r="C13" t="s">
+        <v>114</v>
+      </c>
+      <c r="D13" t="s">
+        <v>115</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K12"/>
-[...3 lines deleted...]
-      <c r="M12" t="s">
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="N12" t="s">
-[...22 lines deleted...]
-      <c r="G13">
+      <c r="H13">
         <v>2019</v>
       </c>
-      <c r="H13"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="K13" t="s">
+        <v>42</v>
+      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>94</v>
+        <v>117</v>
       </c>
       <c r="N13" t="s">
-        <v>95</v>
+        <v>118</v>
+      </c>
+      <c r="O13" t="s">
+        <v>119</v>
+      </c>
+      <c r="P13" t="s">
+        <v>120</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>