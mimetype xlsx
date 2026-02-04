--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,358 +12,425 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
   </si>
   <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/star-label.php</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>June 2021</t>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...4 lines deleted...]
-  <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
+  </si>
+  <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -627,571 +694,640 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="147" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="620.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="96.691" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2025</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>38</v>
+      </c>
+      <c r="L3" t="s">
+        <v>39</v>
+      </c>
+      <c r="M3" t="s">
+        <v>40</v>
+      </c>
+      <c r="N3" t="s">
+        <v>41</v>
+      </c>
+      <c r="O3" t="s">
+        <v>42</v>
+      </c>
+      <c r="P3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>48</v>
+      </c>
+      <c r="K4" t="s">
+        <v>49</v>
+      </c>
+      <c r="L4" t="s">
+        <v>50</v>
+      </c>
+      <c r="M4" t="s">
+        <v>51</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>52</v>
+      </c>
+      <c r="P4" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>8</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2025</v>
+      </c>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>57</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
+        <v>41</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>64</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2022</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>65</v>
+      </c>
+      <c r="K6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L6" t="s">
+        <v>66</v>
+      </c>
+      <c r="M6" t="s">
+        <v>67</v>
+      </c>
+      <c r="N6" t="s">
+        <v>68</v>
+      </c>
+      <c r="O6" t="s">
+        <v>69</v>
+      </c>
+      <c r="P6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>73</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>64</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>38</v>
+      </c>
+      <c r="L7" t="s">
+        <v>74</v>
+      </c>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>68</v>
+      </c>
+      <c r="O7" t="s">
+        <v>75</v>
+      </c>
+      <c r="P7" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>35</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>80</v>
+      </c>
+      <c r="K8" t="s">
+        <v>81</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>82</v>
+      </c>
+      <c r="N8" t="s">
+        <v>83</v>
+      </c>
+      <c r="O8" t="s">
+        <v>84</v>
+      </c>
+      <c r="P8" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>86</v>
+      </c>
+      <c r="B9" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>88</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>89</v>
+      </c>
+      <c r="K9" t="s">
+        <v>57</v>
+      </c>
+      <c r="L9" t="s">
+        <v>90</v>
+      </c>
+      <c r="M9" t="s">
+        <v>40</v>
+      </c>
+      <c r="N9" t="s">
+        <v>83</v>
+      </c>
+      <c r="O9" t="s">
+        <v>91</v>
+      </c>
+      <c r="P9" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" t="s">
+        <v>94</v>
+      </c>
+      <c r="C10" t="s">
+        <v>95</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G10" t="s">
+        <v>96</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2022</v>
+      </c>
+      <c r="J10" t="s">
+        <v>97</v>
+      </c>
+      <c r="K10" t="s">
+        <v>81</v>
+      </c>
+      <c r="L10" t="s">
+        <v>98</v>
+      </c>
+      <c r="M10" t="s">
+        <v>99</v>
+      </c>
+      <c r="N10" t="s">
+        <v>83</v>
+      </c>
+      <c r="O10" t="s">
+        <v>100</v>
+      </c>
+      <c r="P10" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>102</v>
+      </c>
+      <c r="B11" t="s">
+        <v>103</v>
+      </c>
+      <c r="C11" t="s">
+        <v>104</v>
+      </c>
+      <c r="D11" t="s">
+        <v>105</v>
+      </c>
+      <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" t="s">
+        <v>35</v>
+      </c>
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>106</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...373 lines deleted...]
-      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>87</v>
+        <v>107</v>
       </c>
       <c r="N11" t="s">
-        <v>88</v>
+        <v>108</v>
+      </c>
+      <c r="O11" t="s">
+        <v>109</v>
+      </c>
+      <c r="P11" t="s">
+        <v>110</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>