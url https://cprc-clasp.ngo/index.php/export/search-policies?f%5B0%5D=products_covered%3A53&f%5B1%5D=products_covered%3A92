--- v0 (2025-12-04)
+++ v1 (2026-02-03)
@@ -315,69 +315,69 @@
   <si>
     <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
     <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
@@ -1435,51 +1435,51 @@
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>100</v>
       </c>
       <c r="B12" t="s">
         <v>101</v>
       </c>
       <c r="C12" t="s">
         <v>102</v>
       </c>
       <c r="D12" t="s">
         <v>103</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>104</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>105</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
         <v>106</v>
       </c>
       <c r="P12" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>108</v>