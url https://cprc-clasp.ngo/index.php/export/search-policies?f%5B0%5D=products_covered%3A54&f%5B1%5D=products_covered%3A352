--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,269 +12,312 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-462191-2010. CQC Mark Certification - Socket-outlets and adaptors</t>
   </si>
   <si>
+    <t>Applies to products that are used indoor or outdoor; household or similar type; working under AC current; rated voltage higher than 50V and lower than 250V; rated current 10A and 16A; with or without earth contactor; with conservative stand-by power function.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 3121-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492763.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
+  </si>
+  <si>
     <t>TIS 2432-2555 (2012) Plugs and socket-outlets for household and similar purposes: cord extension sets</t>
   </si>
   <si>
+    <t>This standard applies to cord extension sets (rewirable and non-rewirable) with a rated voltage greater than 50 V but not exceeding 440 V and a rated current not exceeding 16 A, intended for household and similar purposes, either indoors or outdoors. This standard does not apply to cord extension sets with means for reeling.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Power Supply and Power Conversion, Power strips</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2432-2555-2012-plugs-and-socket-outlets-household-and-similar-purposes-cord-extension</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/fulltext/TIS-2432-2555m_Auto1849.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -538,409 +581,454 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="120" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="120.256" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="438.75" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2010</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2">
+        <v>2010</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>56</v>
+      </c>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>69</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7">
         <v>2012</v>
       </c>
-      <c r="H3">
-[...14 lines deleted...]
-      <c r="M3" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>70</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...165 lines deleted...]
-      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="N7" t="s">
-        <v>59</v>
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>