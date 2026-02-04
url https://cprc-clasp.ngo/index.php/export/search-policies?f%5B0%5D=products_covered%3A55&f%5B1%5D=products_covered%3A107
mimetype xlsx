--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -12,341 +12,415 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Climate Controls</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
   </si>
   <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3108-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
     <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
   </si>
   <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Uninterruptible Power System TGL-106-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to uninterrupted power system (UPS) products that have electrical energy storage devices in the DC connection.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1291 P 3</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-uninterruptible-power-system-tgl-106-15</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-106-15.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -610,619 +684,694 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="143" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="468.171" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="124.97" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>46</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>47</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>63</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>37</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...31 lines deleted...]
-        <v>34</v>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...42 lines deleted...]
-      <c r="A5" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
         <v>44</v>
       </c>
-      <c r="B5" t="s">
+      <c r="E9" t="s">
         <v>45</v>
       </c>
-      <c r="C5" t="s">
-[...15 lines deleted...]
-      <c r="I5" t="s">
+      <c r="F9" t="s">
         <v>46</v>
       </c>
-      <c r="J5" t="s">
-[...161 lines deleted...]
-        <v>2015</v>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2015</v>
       </c>
-      <c r="I9" t="s">
-        <v>64</v>
+      <c r="I9">
+        <v>2015</v>
       </c>
       <c r="J9" t="s">
-        <v>31</v>
+        <v>81</v>
       </c>
       <c r="K9" t="s">
-        <v>62</v>
+        <v>36</v>
       </c>
       <c r="L9" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="N9" t="s">
-        <v>66</v>
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>67</v>
+        <v>85</v>
       </c>
       <c r="B10" t="s">
-        <v>68</v>
+        <v>86</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>87</v>
       </c>
       <c r="D10" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="E10" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G10">
+        <v>46</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>1996</v>
       </c>
-      <c r="H10">
+      <c r="I10">
         <v>2010</v>
       </c>
-      <c r="I10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="N10" t="s">
-        <v>71</v>
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
       </c>
     </row>
-    <row r="11" spans="1:14">
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>72</v>
+        <v>92</v>
       </c>
       <c r="B11" t="s">
-        <v>73</v>
+        <v>93</v>
       </c>
       <c r="C11" t="s">
-        <v>37</v>
+        <v>94</v>
       </c>
       <c r="D11" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="E11" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>46</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2010</v>
       </c>
-      <c r="H11">
+      <c r="I11">
         <v>2012</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" t="s">
-        <v>31</v>
+        <v>95</v>
       </c>
       <c r="K11" t="s">
-        <v>75</v>
+        <v>36</v>
       </c>
       <c r="L11" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>97</v>
       </c>
       <c r="N11" t="s">
-        <v>77</v>
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>98</v>
+      </c>
+      <c r="P11" t="s">
+        <v>99</v>
       </c>
     </row>
-    <row r="12" spans="1:14">
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>78</v>
+        <v>100</v>
       </c>
       <c r="B12" t="s">
-        <v>79</v>
+        <v>101</v>
       </c>
       <c r="C12" t="s">
-        <v>37</v>
+        <v>102</v>
       </c>
       <c r="D12" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="E12" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="F12" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>46</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12">
         <v>2015</v>
       </c>
-      <c r="H12"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>31</v>
+        <v>103</v>
       </c>
       <c r="K12" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
       <c r="L12" t="s">
-        <v>82</v>
+        <v>104</v>
       </c>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="N12" t="s">
-        <v>83</v>
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>