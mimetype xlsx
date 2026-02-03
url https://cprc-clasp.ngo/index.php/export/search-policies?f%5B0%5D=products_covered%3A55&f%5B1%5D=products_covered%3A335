--- v0 (2025-10-14)
+++ v1 (2026-02-03)
@@ -12,346 +12,425 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
   </si>
   <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3108-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
+  </si>
+  <si>
     <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
   </si>
   <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Uninterruptible Power System TGL-106-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to uninterrupted power system (UPS) products that have electrical energy storage devices in the DC connection.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1291 P 3</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-uninterruptible-power-system-tgl-106-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-106-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -615,663 +694,744 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="119" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="377.336" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
-      </c>
-[...152 lines deleted...]
-        <v>2007</v>
       </c>
       <c r="H6">
         <v>2007</v>
       </c>
-      <c r="I6" t="s">
-        <v>52</v>
+      <c r="I6">
+        <v>2007</v>
       </c>
       <c r="J6" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="K6" t="s">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="L6" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N6" t="s">
-        <v>55</v>
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="B7" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>46</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>47</v>
+      </c>
+      <c r="K7" t="s">
         <v>37</v>
       </c>
-      <c r="D7" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="L7" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="N7" t="s">
-        <v>60</v>
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="B8" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>62</v>
       </c>
       <c r="D8" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="E8" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>46</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2015</v>
       </c>
-      <c r="I8" t="s">
-        <v>52</v>
+      <c r="I8">
+        <v>2015</v>
       </c>
       <c r="J8" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="K8" t="s">
-        <v>61</v>
+        <v>37</v>
       </c>
       <c r="L8" t="s">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="N8" t="s">
-        <v>63</v>
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>54</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
         <v>45</v>
       </c>
-      <c r="C9" t="s">
+      <c r="F9" t="s">
+        <v>46</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1996</v>
+      </c>
+      <c r="I9">
+        <v>2010</v>
+      </c>
+      <c r="J9" t="s">
+        <v>56</v>
+      </c>
+      <c r="K9" t="s">
         <v>37</v>
       </c>
-      <c r="D9" t="s">
-[...11 lines deleted...]
-      <c r="H9">
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>57</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" t="s">
+        <v>87</v>
+      </c>
+      <c r="E10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2009</v>
+      </c>
+      <c r="J10" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>89</v>
+      </c>
+      <c r="M10" t="s">
+        <v>90</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>86</v>
+      </c>
+      <c r="D11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" t="s">
+        <v>46</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2010</v>
       </c>
-      <c r="I9" t="s">
-[...13 lines deleted...]
-        <v>65</v>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>88</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>95</v>
+      </c>
+      <c r="M11" t="s">
+        <v>90</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...40 lines deleted...]
-        <v>72</v>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>100</v>
+      </c>
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>45</v>
+      </c>
+      <c r="F12" t="s">
+        <v>46</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>101</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>102</v>
+      </c>
+      <c r="M12" t="s">
+        <v>103</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
       </c>
     </row>
-    <row r="11" spans="1:14">
-[...6 lines deleted...]
-      <c r="C11" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>100</v>
+      </c>
+      <c r="D13" t="s">
+        <v>55</v>
+      </c>
+      <c r="E13" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" t="s">
+        <v>46</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2004</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>101</v>
+      </c>
+      <c r="K13" t="s">
         <v>37</v>
       </c>
-      <c r="D11" t="s">
-[...106 lines deleted...]
-      </c>
       <c r="L13" t="s">
-        <v>80</v>
+        <v>108</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>103</v>
       </c>
       <c r="N13" t="s">
-        <v>84</v>
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
+        <v>110</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>