--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,379 +12,461 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
   </si>
   <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 3108-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>LPG Stoves</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/star-label.php</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...4 lines deleted...]
-  <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
   </si>
   <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Uninterruptible Power System TGL-106-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to uninterrupted power system (UPS) products that have electrical energy storage devices in the DC connection.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1291 P 3</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-uninterruptible-power-system-tgl-106-15</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-106-15.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -648,665 +730,746 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="147" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="124.97" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>38</v>
+      </c>
+      <c r="L3" t="s">
+        <v>39</v>
+      </c>
+      <c r="M3" t="s">
+        <v>40</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4">
+        <v>2025</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>48</v>
+      </c>
+      <c r="K4" t="s">
+        <v>49</v>
+      </c>
+      <c r="L4" t="s">
+        <v>50</v>
+      </c>
+      <c r="M4" t="s">
+        <v>51</v>
+      </c>
+      <c r="N4" t="s">
+        <v>52</v>
+      </c>
+      <c r="O4" t="s">
+        <v>53</v>
+      </c>
+      <c r="P4" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>55</v>
+      </c>
+      <c r="B5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>37</v>
+      </c>
+      <c r="K5" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5" t="s">
+        <v>58</v>
+      </c>
+      <c r="M5" t="s">
+        <v>59</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>60</v>
+      </c>
+      <c r="P5" t="s">
+        <v>61</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>66</v>
+      </c>
+      <c r="K6" t="s">
+        <v>67</v>
+      </c>
+      <c r="L6" t="s">
+        <v>68</v>
+      </c>
+      <c r="M6" t="s">
+        <v>69</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...15 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O6" t="s">
+        <v>70</v>
+      </c>
+      <c r="P6" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>72</v>
+      </c>
+      <c r="B7" t="s">
+        <v>73</v>
+      </c>
+      <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="J3" t="s">
+      <c r="D7" t="s">
+        <v>74</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>8</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2025</v>
+      </c>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>38</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>75</v>
+      </c>
+      <c r="N7" t="s">
+        <v>52</v>
+      </c>
+      <c r="O7" t="s">
+        <v>76</v>
+      </c>
+      <c r="P7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C8" t="s">
+        <v>80</v>
+      </c>
+      <c r="D8" t="s">
         <v>33</v>
       </c>
-      <c r="K3" t="s">
+      <c r="E8" t="s">
         <v>34</v>
       </c>
-      <c r="L3" t="s">
+      <c r="F8" t="s">
         <v>35</v>
       </c>
-      <c r="M3" t="s">
-[...198 lines deleted...]
-        <v>2015</v>
+      <c r="G8" t="s">
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2015</v>
       </c>
-      <c r="I8" t="s">
-        <v>65</v>
+      <c r="I8">
+        <v>2015</v>
       </c>
       <c r="J8" t="s">
+        <v>81</v>
+      </c>
+      <c r="K8" t="s">
+        <v>38</v>
+      </c>
+      <c r="L8" t="s">
+        <v>78</v>
+      </c>
+      <c r="M8" t="s">
+        <v>82</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>83</v>
+      </c>
+      <c r="P8" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>85</v>
+      </c>
+      <c r="B9" t="s">
+        <v>86</v>
+      </c>
+      <c r="C9" t="s">
+        <v>87</v>
+      </c>
+      <c r="D9" t="s">
+        <v>46</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>88</v>
+      </c>
+      <c r="G9" t="s">
+        <v>36</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>89</v>
+      </c>
+      <c r="K9" t="s">
+        <v>49</v>
+      </c>
+      <c r="L9" t="s">
+        <v>90</v>
+      </c>
+      <c r="M9" t="s">
+        <v>91</v>
+      </c>
+      <c r="N9" t="s">
+        <v>92</v>
+      </c>
+      <c r="O9" t="s">
+        <v>93</v>
+      </c>
+      <c r="P9" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>95</v>
+      </c>
+      <c r="B10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>97</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G10" t="s">
+        <v>36</v>
+      </c>
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K10" t="s">
+        <v>49</v>
+      </c>
+      <c r="L10" t="s">
+        <v>98</v>
+      </c>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>92</v>
+      </c>
+      <c r="O10" t="s">
+        <v>99</v>
+      </c>
+      <c r="P10" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>101</v>
+      </c>
+      <c r="B11" t="s">
+        <v>102</v>
+      </c>
+      <c r="C11" t="s">
+        <v>103</v>
+      </c>
+      <c r="D11" t="s">
         <v>33</v>
       </c>
-      <c r="K8" t="s">
-[...9 lines deleted...]
-        <v>67</v>
+      <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" t="s">
+        <v>35</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1996</v>
+      </c>
+      <c r="I11">
+        <v>2010</v>
+      </c>
+      <c r="J11" t="s">
+        <v>104</v>
+      </c>
+      <c r="K11" t="s">
+        <v>38</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>105</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>106</v>
+      </c>
+      <c r="P11" t="s">
+        <v>107</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
-[...38 lines deleted...]
-        <v>75</v>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>108</v>
+      </c>
+      <c r="B12" t="s">
+        <v>109</v>
+      </c>
+      <c r="C12" t="s">
+        <v>110</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>34</v>
+      </c>
+      <c r="F12" t="s">
+        <v>35</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>111</v>
+      </c>
+      <c r="K12" t="s">
+        <v>38</v>
+      </c>
+      <c r="L12" t="s">
+        <v>112</v>
+      </c>
+      <c r="M12" t="s">
+        <v>113</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>114</v>
+      </c>
+      <c r="P12" t="s">
+        <v>115</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...69 lines deleted...]
-      <c r="J11" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>116</v>
+      </c>
+      <c r="B13" t="s">
+        <v>117</v>
+      </c>
+      <c r="C13" t="s">
+        <v>87</v>
+      </c>
+      <c r="D13" t="s">
         <v>33</v>
       </c>
-      <c r="K11"/>
-[...66 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F13" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="G13">
+        <v>35</v>
+      </c>
+      <c r="G13" t="s">
+        <v>36</v>
+      </c>
+      <c r="H13">
         <v>2015</v>
       </c>
-      <c r="H13"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>33</v>
+        <v>118</v>
       </c>
       <c r="K13" t="s">
-        <v>93</v>
+        <v>38</v>
       </c>
       <c r="L13" t="s">
-        <v>94</v>
+        <v>119</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>120</v>
       </c>
       <c r="N13" t="s">
-        <v>95</v>
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>121</v>
+      </c>
+      <c r="P13" t="s">
+        <v>122</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>