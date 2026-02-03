--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="662">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="663">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -842,50 +842,53 @@
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
@@ -1102,53 +1105,50 @@
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
   </si>
   <si>
     <t>GB 24848-2010 Minimum allowable values of energy efficiency and energy efficiency grades for heaters of petroleum industry</t>
   </si>
   <si>
     <t>This policy covers heaters of the petroleum industry.</t>
   </si>
   <si>
     <t>SY/T 0540; SY/T 6381</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24848-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7D36FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
@@ -1804,50 +1804,53 @@
     <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
     <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
     <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
     <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
@@ -4538,791 +4541,791 @@
       </c>
       <c r="P44" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>271</v>
       </c>
       <c r="B45" t="s">
         <v>272</v>
       </c>
       <c r="C45" t="s">
         <v>273</v>
       </c>
       <c r="D45" t="s">
         <v>274</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>54</v>
+        <v>275</v>
       </c>
       <c r="H45">
         <v>2017</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="M45" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="P45" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B46" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C46" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D46" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2016</v>
       </c>
       <c r="I46">
         <v>2019</v>
       </c>
       <c r="J46" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="K46" t="s">
         <v>45</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="P46" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B47" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C47" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D47" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E47" t="s">
         <v>42</v>
       </c>
       <c r="F47" t="s">
         <v>43</v>
       </c>
       <c r="G47" t="s">
         <v>54</v>
       </c>
       <c r="H47">
         <v>2013</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>33</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="P47" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B48" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C48" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D48" t="s">
         <v>63</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>43</v>
       </c>
       <c r="G48" t="s">
         <v>54</v>
       </c>
       <c r="H48">
         <v>1993</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="P48" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B49" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C49" t="s">
         <v>72</v>
       </c>
       <c r="D49" t="s">
         <v>63</v>
       </c>
       <c r="E49" t="s">
         <v>42</v>
       </c>
       <c r="F49" t="s">
         <v>64</v>
       </c>
       <c r="G49" t="s">
         <v>54</v>
       </c>
       <c r="H49">
         <v>2015</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="K49" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="L49" t="s">
         <v>25</v>
       </c>
       <c r="M49" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="P49" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B50" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C50" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D50" t="s">
         <v>63</v>
       </c>
       <c r="E50" t="s">
         <v>42</v>
       </c>
       <c r="F50" t="s">
         <v>64</v>
       </c>
       <c r="G50" t="s">
         <v>54</v>
       </c>
       <c r="H50">
         <v>2016</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>136</v>
       </c>
       <c r="K50" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="L50" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="M50" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="P50" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B51" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C51" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D51" t="s">
         <v>144</v>
       </c>
       <c r="E51" t="s">
         <v>42</v>
       </c>
       <c r="F51" t="s">
         <v>64</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2012</v>
       </c>
       <c r="I51">
         <v>2019</v>
       </c>
       <c r="J51" t="s">
         <v>136</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="M51" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="P51" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B52" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C52" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D52" t="s">
         <v>63</v>
       </c>
       <c r="E52" t="s">
         <v>42</v>
       </c>
       <c r="F52" t="s">
         <v>64</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>1995</v>
       </c>
       <c r="I52">
         <v>2013</v>
       </c>
       <c r="J52" t="s">
         <v>136</v>
       </c>
       <c r="K52" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="L52" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="M52" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="P52" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B53" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C53" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D53" t="s">
         <v>63</v>
       </c>
       <c r="E53" t="s">
         <v>42</v>
       </c>
       <c r="F53" t="s">
         <v>64</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>1996</v>
       </c>
       <c r="I53">
         <v>2014</v>
       </c>
       <c r="J53" t="s">
         <v>136</v>
       </c>
       <c r="K53" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="L53" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="M53" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="P53" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B54" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C54" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D54" t="s">
         <v>53</v>
       </c>
       <c r="E54" t="s">
         <v>42</v>
       </c>
       <c r="F54" t="s">
         <v>64</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2004</v>
       </c>
       <c r="I54">
         <v>2020</v>
       </c>
       <c r="J54" t="s">
         <v>136</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="M54" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="P54" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B55" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C55" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D55" t="s">
         <v>63</v>
       </c>
       <c r="E55" t="s">
         <v>42</v>
       </c>
       <c r="F55" t="s">
         <v>43</v>
       </c>
       <c r="G55" t="s">
         <v>54</v>
       </c>
       <c r="H55">
         <v>2006</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="K55" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="P55" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B56" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C56" t="s">
         <v>225</v>
       </c>
       <c r="D56" t="s">
         <v>63</v>
       </c>
       <c r="E56" t="s">
         <v>42</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>54</v>
       </c>
       <c r="H56">
         <v>2003</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>184</v>
       </c>
       <c r="K56" t="s">
         <v>178</v>
       </c>
       <c r="L56" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="M56" t="s">
         <v>238</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="P56" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B57" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C57" t="s">
         <v>225</v>
       </c>
       <c r="D57" t="s">
         <v>63</v>
       </c>
       <c r="E57" t="s">
         <v>42</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>54</v>
       </c>
       <c r="H57">
         <v>2003</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
         <v>184</v>
       </c>
       <c r="K57" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="L57" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="M57" t="s">
         <v>228</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="P57" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B58" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C58" t="s">
         <v>52</v>
       </c>
       <c r="D58" t="s">
         <v>63</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>54</v>
       </c>
       <c r="H58">
         <v>2010</v>
       </c>
       <c r="I58">
         <v>2021</v>
       </c>
       <c r="J58" t="s">
         <v>55</v>
       </c>
       <c r="K58" t="s">
         <v>178</v>
       </c>
       <c r="L58" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="M58" t="s">
         <v>57</v>
       </c>
       <c r="N58" t="s">
         <v>36</v>
       </c>
       <c r="O58" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="P58" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B59" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C59" t="s">
         <v>52</v>
       </c>
       <c r="D59" t="s">
         <v>63</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>54</v>
       </c>
       <c r="H59">
         <v>2010</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
         <v>136</v>
       </c>
       <c r="K59" t="s">
         <v>34</v>
       </c>
       <c r="L59" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="M59" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="N59" t="s">
         <v>36</v>
       </c>
       <c r="O59" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="P59" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B60" t="s">
         <v>51</v>
       </c>
       <c r="C60" t="s">
         <v>52</v>
       </c>
       <c r="D60" t="s">
         <v>53</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
-        <v>360</v>
+        <v>275</v>
       </c>
       <c r="H60">
         <v>2018</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
         <v>361</v>
       </c>
       <c r="K60" t="s">
         <v>34</v>
       </c>
       <c r="L60" t="s">
         <v>56</v>
       </c>
       <c r="M60" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
         <v>362</v>
       </c>
       <c r="P60" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
         <v>364</v>
       </c>
       <c r="B61" t="s">
         <v>365</v>
       </c>
       <c r="C61" t="s">
         <v>52</v>
       </c>
       <c r="D61" t="s">
         <v>53</v>
       </c>
       <c r="E61" t="s">
@@ -5376,99 +5379,99 @@
         <v>53</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>54</v>
       </c>
       <c r="H62">
         <v>2020</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
         <v>55</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
       <c r="L62" t="s">
         <v>372</v>
       </c>
       <c r="M62" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="N62" t="s">
         <v>36</v>
       </c>
       <c r="O62" t="s">
         <v>373</v>
       </c>
       <c r="P62" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
         <v>375</v>
       </c>
       <c r="B63" t="s">
         <v>376</v>
       </c>
       <c r="C63" t="s">
         <v>52</v>
       </c>
       <c r="D63" t="s">
         <v>63</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>54</v>
       </c>
       <c r="H63">
         <v>2020</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
         <v>55</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63" t="s">
         <v>377</v>
       </c>
       <c r="M63" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="N63" t="s">
         <v>36</v>
       </c>
       <c r="O63" t="s">
         <v>378</v>
       </c>
       <c r="P63" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>380</v>
       </c>
       <c r="B64" t="s">
         <v>381</v>
       </c>
       <c r="C64" t="s">
         <v>382</v>
       </c>
       <c r="D64" t="s">
         <v>119</v>
       </c>
       <c r="E64" t="s">
@@ -5844,99 +5847,99 @@
       <c r="C72" t="s">
         <v>218</v>
       </c>
       <c r="D72" t="s">
         <v>63</v>
       </c>
       <c r="E72" t="s">
         <v>42</v>
       </c>
       <c r="F72" t="s">
         <v>64</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>1996</v>
       </c>
       <c r="I72">
         <v>2012</v>
       </c>
       <c r="J72" t="s">
         <v>219</v>
       </c>
       <c r="K72" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
         <v>220</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
         <v>418</v>
       </c>
       <c r="P72" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>416</v>
       </c>
       <c r="B73" t="s">
         <v>420</v>
       </c>
       <c r="C73" t="s">
         <v>218</v>
       </c>
       <c r="D73" t="s">
         <v>63</v>
       </c>
       <c r="E73" t="s">
         <v>42</v>
       </c>
       <c r="F73" t="s">
         <v>64</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>1996</v>
       </c>
       <c r="I73">
         <v>2012</v>
       </c>
       <c r="J73" t="s">
         <v>219</v>
       </c>
       <c r="K73" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
         <v>220</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
         <v>421</v>
       </c>
       <c r="P73" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
         <v>422</v>
       </c>
       <c r="B74" t="s">
         <v>423</v>
       </c>
       <c r="C74" t="s">
         <v>218</v>
       </c>
@@ -6021,51 +6024,51 @@
       </c>
       <c r="O75" t="s">
         <v>427</v>
       </c>
       <c r="P75" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
         <v>428</v>
       </c>
       <c r="B76" t="s">
         <v>429</v>
       </c>
       <c r="C76" t="s">
         <v>430</v>
       </c>
       <c r="D76" t="s">
         <v>119</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2012</v>
       </c>
       <c r="I76">
         <v>2014</v>
       </c>
       <c r="J76" t="s">
         <v>219</v>
       </c>
       <c r="K76" t="s">
         <v>34</v>
       </c>
       <c r="L76" t="s">
         <v>431</v>
       </c>
       <c r="M76" t="s">
         <v>432</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
@@ -6171,51 +6174,51 @@
       </c>
       <c r="O78" t="s">
         <v>442</v>
       </c>
       <c r="P78" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
         <v>443</v>
       </c>
       <c r="B79" t="s">
         <v>444</v>
       </c>
       <c r="C79" t="s">
         <v>430</v>
       </c>
       <c r="D79" t="s">
         <v>63</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>2011</v>
       </c>
       <c r="I79">
         <v>2015</v>
       </c>
       <c r="J79" t="s">
         <v>207</v>
       </c>
       <c r="K79" t="s">
         <v>34</v>
       </c>
       <c r="L79" t="s">
         <v>445</v>
       </c>
       <c r="M79" t="s">
         <v>432</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
@@ -6367,51 +6370,51 @@
       </c>
       <c r="O82" t="s">
         <v>456</v>
       </c>
       <c r="P82" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
         <v>457</v>
       </c>
       <c r="B83" t="s">
         <v>458</v>
       </c>
       <c r="C83" t="s">
         <v>459</v>
       </c>
       <c r="D83" t="s">
         <v>460</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2008</v>
       </c>
       <c r="I83">
         <v>2020</v>
       </c>
       <c r="J83" t="s">
         <v>44</v>
       </c>
       <c r="K83" t="s">
         <v>34</v>
       </c>
       <c r="L83" t="s">
         <v>461</v>
       </c>
       <c r="M83" t="s">
         <v>462</v>
       </c>
       <c r="N83" t="s">
         <v>36</v>
       </c>
@@ -6445,51 +6448,51 @@
         <v>54</v>
       </c>
       <c r="H84">
         <v>2011</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>184</v>
       </c>
       <c r="K84" t="s">
         <v>34</v>
       </c>
       <c r="L84" t="s">
         <v>243</v>
       </c>
       <c r="M84" t="s">
         <v>228</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
         <v>467</v>
       </c>
       <c r="P84" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
         <v>468</v>
       </c>
       <c r="B85" t="s">
         <v>251</v>
       </c>
       <c r="C85" t="s">
         <v>218</v>
       </c>
       <c r="D85" t="s">
         <v>53</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
@@ -6717,159 +6720,159 @@
         <v>480</v>
       </c>
       <c r="B90" t="s">
         <v>481</v>
       </c>
       <c r="C90" t="s">
         <v>225</v>
       </c>
       <c r="D90" t="s">
         <v>63</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
         <v>54</v>
       </c>
       <c r="H90">
         <v>2003</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90"/>
       <c r="M90" t="s">
         <v>228</v>
       </c>
       <c r="N90" t="s">
         <v>36</v>
       </c>
       <c r="O90" t="s">
         <v>482</v>
       </c>
       <c r="P90" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
         <v>484</v>
       </c>
       <c r="B91"/>
       <c r="C91" t="s">
         <v>225</v>
       </c>
       <c r="D91" t="s">
         <v>144</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2011</v>
       </c>
       <c r="I91">
         <v>2018</v>
       </c>
       <c r="J91" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
       <c r="L91"/>
       <c r="M91" t="s">
         <v>485</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
         <v>486</v>
       </c>
       <c r="P91" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
         <v>487</v>
       </c>
       <c r="B92" t="s">
         <v>488</v>
       </c>
       <c r="C92" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D92" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E92" t="s">
         <v>42</v>
       </c>
       <c r="F92" t="s">
         <v>21</v>
       </c>
       <c r="G92" t="s">
         <v>54</v>
       </c>
       <c r="H92">
         <v>2013</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
         <v>33</v>
       </c>
       <c r="K92" t="s">
         <v>34</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
         <v>489</v>
       </c>
       <c r="P92" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
         <v>490</v>
       </c>
       <c r="B93" t="s">
         <v>491</v>
       </c>
       <c r="C93" t="s">
         <v>265</v>
       </c>
       <c r="D93" t="s">
         <v>63</v>
       </c>
       <c r="E93" t="s">
         <v>42</v>
       </c>
       <c r="F93" t="s">
         <v>492</v>
       </c>
       <c r="G93" t="s">
         <v>54</v>
       </c>
       <c r="H93">
@@ -7083,101 +7086,101 @@
       </c>
       <c r="O97" t="s">
         <v>523</v>
       </c>
       <c r="P97" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
         <v>525</v>
       </c>
       <c r="B98" t="s">
         <v>526</v>
       </c>
       <c r="C98" t="s">
         <v>527</v>
       </c>
       <c r="D98" t="s">
         <v>528</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
         <v>2017</v>
       </c>
       <c r="I98">
         <v>2021</v>
       </c>
       <c r="J98" t="s">
         <v>529</v>
       </c>
       <c r="K98" t="s">
         <v>530</v>
       </c>
       <c r="L98" t="s">
         <v>531</v>
       </c>
       <c r="M98" t="s">
         <v>532</v>
       </c>
       <c r="N98" t="s">
         <v>36</v>
       </c>
       <c r="O98" t="s">
         <v>533</v>
       </c>
       <c r="P98" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
         <v>535</v>
       </c>
       <c r="B99" t="s">
         <v>536</v>
       </c>
       <c r="C99" t="s">
         <v>537</v>
       </c>
       <c r="D99" t="s">
         <v>166</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="G99" t="s">
         <v>538</v>
       </c>
       <c r="H99">
         <v>2024</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
         <v>539</v>
       </c>
       <c r="K99" t="s">
         <v>34</v>
       </c>
       <c r="L99" t="s">
         <v>540</v>
       </c>
       <c r="M99" t="s">
         <v>541</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
         <v>542</v>
@@ -7231,51 +7234,51 @@
       </c>
       <c r="O100" t="s">
         <v>546</v>
       </c>
       <c r="P100" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
         <v>548</v>
       </c>
       <c r="B101" t="s">
         <v>549</v>
       </c>
       <c r="C101" t="s">
         <v>550</v>
       </c>
       <c r="D101" t="s">
         <v>63</v>
       </c>
       <c r="E101" t="s">
         <v>42</v>
       </c>
       <c r="F101" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="G101" t="s">
         <v>54</v>
       </c>
       <c r="H101">
         <v>2024</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
         <v>23</v>
       </c>
       <c r="K101" t="s">
         <v>551</v>
       </c>
       <c r="L101" t="s">
         <v>552</v>
       </c>
       <c r="M101" t="s">
         <v>553</v>
       </c>
       <c r="N101" t="s">
         <v>36</v>
       </c>
       <c r="O101" t="s">
         <v>554</v>
@@ -7287,51 +7290,51 @@
     <row r="102" spans="1:16">
       <c r="A102" t="s">
         <v>556</v>
       </c>
       <c r="B102" t="s">
         <v>557</v>
       </c>
       <c r="C102" t="s">
         <v>558</v>
       </c>
       <c r="D102" t="s">
         <v>559</v>
       </c>
       <c r="E102" t="s">
         <v>42</v>
       </c>
       <c r="F102" t="s">
         <v>64</v>
       </c>
       <c r="G102" t="s">
         <v>560</v>
       </c>
       <c r="H102"/>
       <c r="I102"/>
       <c r="J102" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="K102" t="s">
         <v>34</v>
       </c>
       <c r="L102"/>
       <c r="M102" t="s">
         <v>561</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
         <v>562</v>
       </c>
       <c r="P102" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
         <v>564</v>
       </c>
       <c r="B103" t="s">
         <v>565</v>
       </c>
@@ -7425,735 +7428,735 @@
         <v>575</v>
       </c>
       <c r="B105" t="s">
         <v>576</v>
       </c>
       <c r="C105" t="s">
         <v>577</v>
       </c>
       <c r="D105" t="s">
         <v>578</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>21</v>
       </c>
       <c r="G105" t="s">
         <v>54</v>
       </c>
       <c r="H105">
         <v>2016</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="K105" t="s">
         <v>34</v>
       </c>
       <c r="L105"/>
       <c r="M105" t="s">
         <v>579</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
         <v>580</v>
       </c>
       <c r="P105" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
         <v>582</v>
       </c>
       <c r="B106" t="s">
         <v>583</v>
       </c>
       <c r="C106" t="s">
         <v>577</v>
       </c>
       <c r="D106" t="s">
         <v>584</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>43</v>
       </c>
       <c r="G106" t="s">
         <v>54</v>
       </c>
       <c r="H106">
         <v>2017</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106"/>
       <c r="M106" t="s">
         <v>579</v>
       </c>
       <c r="N106" t="s">
         <v>36</v>
       </c>
       <c r="O106" t="s">
         <v>585</v>
       </c>
       <c r="P106" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
         <v>587</v>
       </c>
       <c r="B107" t="s">
         <v>588</v>
       </c>
       <c r="C107" t="s">
         <v>589</v>
       </c>
       <c r="D107" t="s">
         <v>63</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>21</v>
       </c>
       <c r="G107" t="s">
-        <v>22</v>
+        <v>590</v>
       </c>
       <c r="H107">
         <v>2010</v>
       </c>
       <c r="I107">
         <v>2019</v>
       </c>
       <c r="J107" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="K107" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="P107" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B108" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C108" t="s">
         <v>589</v>
       </c>
       <c r="D108" t="s">
         <v>63</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>21</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
         <v>2010</v>
       </c>
       <c r="I108">
         <v>2019</v>
       </c>
       <c r="J108" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K108" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="L108"/>
       <c r="M108" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="N108" t="s">
         <v>36</v>
       </c>
       <c r="O108" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="P108" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B109" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C109" t="s">
         <v>265</v>
       </c>
       <c r="D109" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="E109" t="s">
         <v>42</v>
       </c>
       <c r="F109" t="s">
         <v>64</v>
       </c>
       <c r="G109" t="s">
         <v>54</v>
       </c>
       <c r="H109">
         <v>2014</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="K109" t="s">
         <v>34</v>
       </c>
       <c r="L109" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="M109" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="P109" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B110" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C110" t="s">
         <v>265</v>
       </c>
       <c r="D110" t="s">
         <v>226</v>
       </c>
       <c r="E110" t="s">
         <v>42</v>
       </c>
       <c r="F110" t="s">
         <v>64</v>
       </c>
       <c r="G110" t="s">
         <v>54</v>
       </c>
       <c r="H110">
         <v>2013</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="K110" t="s">
         <v>34</v>
       </c>
       <c r="L110" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="M110" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="P110" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B111" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C111" t="s">
         <v>265</v>
       </c>
       <c r="D111" t="s">
         <v>213</v>
       </c>
       <c r="E111" t="s">
         <v>42</v>
       </c>
       <c r="F111" t="s">
         <v>64</v>
       </c>
       <c r="G111" t="s">
         <v>54</v>
       </c>
       <c r="H111">
         <v>2012</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
         <v>266</v>
       </c>
       <c r="K111" t="s">
         <v>34</v>
       </c>
       <c r="L111" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="M111" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="P111" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B112" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C112" t="s">
         <v>265</v>
       </c>
       <c r="D112" t="s">
         <v>119</v>
       </c>
       <c r="E112" t="s">
         <v>42</v>
       </c>
       <c r="F112" t="s">
         <v>64</v>
       </c>
       <c r="G112" t="s">
         <v>54</v>
       </c>
       <c r="H112">
         <v>2012</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
         <v>266</v>
       </c>
       <c r="K112" t="s">
         <v>34</v>
       </c>
       <c r="L112" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="M112" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="P112" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B113" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C113" t="s">
         <v>265</v>
       </c>
       <c r="D113" t="s">
         <v>53</v>
       </c>
       <c r="E113" t="s">
         <v>42</v>
       </c>
       <c r="F113" t="s">
         <v>43</v>
       </c>
       <c r="G113" t="s">
         <v>538</v>
       </c>
       <c r="H113">
         <v>2021</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="K113" t="s">
         <v>34</v>
       </c>
       <c r="L113" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="M113" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="P113" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B114" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C114" t="s">
         <v>459</v>
       </c>
       <c r="D114" t="s">
         <v>144</v>
       </c>
       <c r="E114" t="s">
         <v>42</v>
       </c>
       <c r="F114" t="s">
         <v>64</v>
       </c>
       <c r="G114" t="s">
         <v>22</v>
       </c>
       <c r="H114">
         <v>2013</v>
       </c>
       <c r="I114">
         <v>2020</v>
       </c>
       <c r="J114" t="s">
         <v>33</v>
       </c>
       <c r="K114" t="s">
         <v>34</v>
       </c>
       <c r="L114" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="M114" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="P114" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B115" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C115" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D115" t="s">
         <v>119</v>
       </c>
       <c r="E115" t="s">
         <v>42</v>
       </c>
       <c r="F115" t="s">
         <v>21</v>
       </c>
       <c r="G115" t="s">
         <v>54</v>
       </c>
       <c r="H115">
         <v>2015</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="K115" t="s">
         <v>34</v>
       </c>
       <c r="L115" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="M115" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="P115" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="B116" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C116" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D116" t="s">
         <v>119</v>
       </c>
       <c r="E116" t="s">
         <v>42</v>
       </c>
       <c r="F116" t="s">
         <v>43</v>
       </c>
       <c r="G116" t="s">
         <v>54</v>
       </c>
       <c r="H116">
         <v>2015</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="K116" t="s">
         <v>34</v>
       </c>
       <c r="L116" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="M116" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="P116" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B117" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C117" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D117" t="s">
         <v>63</v>
       </c>
       <c r="E117" t="s">
         <v>42</v>
       </c>
       <c r="F117" t="s">
         <v>43</v>
       </c>
       <c r="G117" t="s">
         <v>54</v>
       </c>
       <c r="H117">
         <v>2022</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="K117" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="L117" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="M117" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="P117" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B118" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C118" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D118" t="s">
         <v>63</v>
       </c>
       <c r="E118" t="s">
         <v>42</v>
       </c>
       <c r="F118" t="s">
         <v>21</v>
       </c>
       <c r="G118" t="s">
         <v>54</v>
       </c>
       <c r="H118">
         <v>2022</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="K118" t="s">
         <v>75</v>
       </c>
       <c r="L118" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="M118" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="P118" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B119" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C119" t="s">
         <v>62</v>
       </c>
       <c r="D119" t="s">
         <v>559</v>
       </c>
       <c r="E119" t="s">
         <v>42</v>
       </c>
       <c r="F119" t="s">
         <v>21</v>
       </c>
       <c r="G119" t="s">
         <v>54</v>
       </c>
       <c r="H119">
         <v>2014</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
         <v>80</v>
       </c>
       <c r="K119" t="s">
         <v>34</v>
       </c>
       <c r="L119"/>
       <c r="M119"/>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="P119" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">