--- v1 (2026-02-03)
+++ v2 (2026-03-27)
@@ -403,66 +403,66 @@
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
     <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
     <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
   </si>
@@ -3263,136 +3263,136 @@
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>81</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>124</v>
       </c>
       <c r="P18" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>126</v>
       </c>
       <c r="B19" t="s">
         <v>127</v>
       </c>
       <c r="C19" t="s">
-        <v>62</v>
+        <v>128</v>
       </c>
       <c r="D19" t="s">
         <v>93</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>1992</v>
       </c>
       <c r="I19">
         <v>2013</v>
       </c>
       <c r="J19" t="s">
-        <v>128</v>
+        <v>114</v>
       </c>
       <c r="K19" t="s">
         <v>45</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>81</v>
+        <v>129</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P19" t="s">
-        <v>130</v>
+        <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>126</v>
       </c>
       <c r="B20" t="s">
         <v>127</v>
       </c>
       <c r="C20" t="s">
-        <v>131</v>
+        <v>62</v>
       </c>
       <c r="D20" t="s">
         <v>93</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>1992</v>
       </c>
       <c r="I20">
         <v>2013</v>
       </c>
       <c r="J20" t="s">
-        <v>114</v>
+        <v>131</v>
       </c>
       <c r="K20" t="s">
         <v>45</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
+        <v>81</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
         <v>132</v>
       </c>
-      <c r="N20" t="s">
-[...2 lines deleted...]
-      <c r="O20" t="s">
+      <c r="P20" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>134</v>
       </c>
       <c r="B21" t="s">
         <v>135</v>
       </c>
       <c r="C21" t="s">
         <v>52</v>
       </c>
       <c r="D21" t="s">
         <v>63</v>
       </c>
       <c r="E21" t="s">
         <v>42</v>
       </c>
       <c r="F21" t="s">
         <v>64</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">