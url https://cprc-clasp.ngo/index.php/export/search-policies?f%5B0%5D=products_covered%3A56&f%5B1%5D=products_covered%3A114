--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -620,50 +620,53 @@
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
@@ -701,53 +704,50 @@
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
     <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
@@ -3168,247 +3168,247 @@
       </c>
       <c r="P29" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>197</v>
       </c>
       <c r="B30" t="s">
         <v>198</v>
       </c>
       <c r="C30" t="s">
         <v>199</v>
       </c>
       <c r="D30" t="s">
         <v>200</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>34</v>
+        <v>201</v>
       </c>
       <c r="H30">
         <v>2017</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="K30" t="s">
         <v>36</v>
       </c>
       <c r="L30" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="M30" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P30" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B31" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C31" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D31" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2016</v>
       </c>
       <c r="I31">
         <v>2019</v>
       </c>
       <c r="J31" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="K31" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P31" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B32" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C32" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D32" t="s">
         <v>86</v>
       </c>
       <c r="E32" t="s">
         <v>87</v>
       </c>
       <c r="F32" t="s">
         <v>88</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
       <c r="I32">
         <v>2019</v>
       </c>
       <c r="J32" t="s">
         <v>89</v>
       </c>
       <c r="K32" t="s">
         <v>36</v>
       </c>
       <c r="L32" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="M32" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="P32" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B33" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C33" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D33" t="s">
         <v>43</v>
       </c>
       <c r="E33" t="s">
         <v>87</v>
       </c>
       <c r="F33" t="s">
         <v>88</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2004</v>
       </c>
       <c r="I33">
         <v>2020</v>
       </c>
       <c r="J33" t="s">
         <v>89</v>
       </c>
       <c r="K33" t="s">
         <v>36</v>
       </c>
       <c r="L33" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="M33" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P33" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B34" t="s">
         <v>41</v>
       </c>
       <c r="C34" t="s">
         <v>42</v>
       </c>
       <c r="D34" t="s">
         <v>43</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>228</v>
+        <v>201</v>
       </c>
       <c r="H34">
         <v>2018</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>229</v>
       </c>
       <c r="K34" t="s">
         <v>36</v>
       </c>
       <c r="L34" t="s">
         <v>46</v>
       </c>
       <c r="M34" t="s">
         <v>230</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
         <v>231</v>
       </c>
       <c r="P34" t="s">
         <v>232</v>
@@ -3837,101 +3837,101 @@
       </c>
       <c r="O43" t="s">
         <v>275</v>
       </c>
       <c r="P43" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>277</v>
       </c>
       <c r="B44" t="s">
         <v>278</v>
       </c>
       <c r="C44" t="s">
         <v>279</v>
       </c>
       <c r="D44" t="s">
         <v>77</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2012</v>
       </c>
       <c r="I44">
         <v>2014</v>
       </c>
       <c r="J44" t="s">
         <v>149</v>
       </c>
       <c r="K44" t="s">
         <v>36</v>
       </c>
       <c r="L44" t="s">
         <v>280</v>
       </c>
       <c r="M44" t="s">
         <v>281</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
         <v>282</v>
       </c>
       <c r="P44" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>284</v>
       </c>
       <c r="B45" t="s">
         <v>285</v>
       </c>
       <c r="C45" t="s">
         <v>286</v>
       </c>
       <c r="D45" t="s">
         <v>287</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2008</v>
       </c>
       <c r="I45">
         <v>2020</v>
       </c>
       <c r="J45" t="s">
         <v>288</v>
       </c>
       <c r="K45" t="s">
         <v>36</v>
       </c>
       <c r="L45" t="s">
         <v>289</v>
       </c>
       <c r="M45" t="s">
         <v>290</v>
       </c>
       <c r="N45" t="s">
         <v>242</v>
       </c>
@@ -4141,51 +4141,51 @@
         <v>304</v>
       </c>
       <c r="B50"/>
       <c r="C50" t="s">
         <v>155</v>
       </c>
       <c r="D50" t="s">
         <v>86</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2011</v>
       </c>
       <c r="I50">
         <v>2018</v>
       </c>
       <c r="J50" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="K50" t="s">
         <v>36</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
         <v>305</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
         <v>306</v>
       </c>
       <c r="P50" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
         <v>308</v>
       </c>
       <c r="B51" t="s">
         <v>309</v>
       </c>
@@ -4273,149 +4273,149 @@
       </c>
       <c r="O52" t="s">
         <v>323</v>
       </c>
       <c r="P52" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>325</v>
       </c>
       <c r="B53" t="s">
         <v>326</v>
       </c>
       <c r="C53" t="s">
         <v>327</v>
       </c>
       <c r="D53" t="s">
         <v>328</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2017</v>
       </c>
       <c r="I53">
         <v>2021</v>
       </c>
       <c r="J53" t="s">
         <v>329</v>
       </c>
       <c r="K53" t="s">
         <v>330</v>
       </c>
       <c r="L53" t="s">
         <v>331</v>
       </c>
       <c r="M53" t="s">
         <v>332</v>
       </c>
       <c r="N53" t="s">
         <v>242</v>
       </c>
       <c r="O53" t="s">
         <v>333</v>
       </c>
       <c r="P53" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>335</v>
       </c>
       <c r="B54" t="s">
         <v>336</v>
       </c>
       <c r="C54" t="s">
         <v>337</v>
       </c>
       <c r="D54" t="s">
         <v>102</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="G54" t="s">
         <v>338</v>
       </c>
       <c r="H54">
         <v>2024</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>339</v>
       </c>
       <c r="K54" t="s">
         <v>36</v>
       </c>
       <c r="L54" t="s">
         <v>340</v>
       </c>
       <c r="M54" t="s">
         <v>341</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
         <v>342</v>
       </c>
       <c r="P54" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
         <v>344</v>
       </c>
       <c r="B55" t="s">
         <v>345</v>
       </c>
       <c r="C55" t="s">
         <v>148</v>
       </c>
       <c r="D55" t="s">
         <v>33</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="G55" t="s">
         <v>8</v>
       </c>
       <c r="H55">
         <v>2011</v>
       </c>
       <c r="I55">
         <v>2024</v>
       </c>
       <c r="J55" t="s">
         <v>339</v>
       </c>
       <c r="K55" t="s">
         <v>36</v>
       </c>
       <c r="L55" t="s">
         <v>346</v>
       </c>
       <c r="M55" t="s">
         <v>341</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
@@ -4479,51 +4479,51 @@
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>353</v>
       </c>
       <c r="B57" t="s">
         <v>354</v>
       </c>
       <c r="C57" t="s">
         <v>355</v>
       </c>
       <c r="D57" t="s">
         <v>356</v>
       </c>
       <c r="E57" t="s">
         <v>87</v>
       </c>
       <c r="F57" t="s">
         <v>88</v>
       </c>
       <c r="G57" t="s">
         <v>357</v>
       </c>
       <c r="H57"/>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="K57" t="s">
         <v>36</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
         <v>358</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
         <v>359</v>
       </c>
       <c r="P57" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
         <v>361</v>
       </c>
       <c r="B58" t="s">
         <v>362</v>
       </c>