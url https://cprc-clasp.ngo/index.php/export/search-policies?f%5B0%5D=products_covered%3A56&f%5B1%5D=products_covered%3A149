--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -555,50 +555,53 @@
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
@@ -678,53 +681,50 @@
     <t>10 CFR 431.464(b); Section 6.3 of ENERGY STAR Pool Pumps Test Method (Rev. Jan-2013); ENERGY STAR Pool Pumps Test Method to Validate Demand Response (Rev. May-2021)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-pool-pumps-version-31</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/spec/pool_pumps_specification_version_2_0_pd</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
     <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
@@ -2891,345 +2891,345 @@
       </c>
       <c r="P25" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>176</v>
       </c>
       <c r="B26" t="s">
         <v>177</v>
       </c>
       <c r="C26" t="s">
         <v>178</v>
       </c>
       <c r="D26" t="s">
         <v>179</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>44</v>
+        <v>180</v>
       </c>
       <c r="H26">
         <v>2017</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="M26" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="P26" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B27" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C27" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D27" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2016</v>
       </c>
       <c r="I27">
         <v>2019</v>
       </c>
       <c r="J27" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K27" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="P27" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B28" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C28" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D28" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G28" t="s">
         <v>44</v>
       </c>
       <c r="H28">
         <v>2021</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
       <c r="L28" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="M28" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P28" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B29" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C29" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D29" t="s">
         <v>65</v>
       </c>
       <c r="E29" t="s">
         <v>66</v>
       </c>
       <c r="F29" t="s">
         <v>67</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2012</v>
       </c>
       <c r="I29">
         <v>2019</v>
       </c>
       <c r="J29" t="s">
         <v>68</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
       <c r="L29" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M29" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="P29" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B30" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C30" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D30" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E30" t="s">
         <v>66</v>
       </c>
       <c r="F30" t="s">
         <v>67</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2014</v>
       </c>
       <c r="I30">
         <v>2021</v>
       </c>
       <c r="J30" t="s">
         <v>68</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="M30" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P30" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B31" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C31" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D31" t="s">
         <v>42</v>
       </c>
       <c r="E31" t="s">
         <v>66</v>
       </c>
       <c r="F31" t="s">
         <v>67</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2004</v>
       </c>
       <c r="I31">
         <v>2020</v>
       </c>
       <c r="J31" t="s">
         <v>68</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="M31" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P31" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B32" t="s">
         <v>40</v>
       </c>
       <c r="C32" t="s">
         <v>41</v>
       </c>
       <c r="D32" t="s">
         <v>42</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>221</v>
+        <v>180</v>
       </c>
       <c r="H32">
         <v>2018</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>222</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
         <v>46</v>
       </c>
       <c r="M32" t="s">
         <v>223</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
         <v>224</v>
       </c>
       <c r="P32" t="s">
         <v>225</v>
@@ -3658,101 +3658,101 @@
       </c>
       <c r="O41" t="s">
         <v>267</v>
       </c>
       <c r="P41" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
         <v>269</v>
       </c>
       <c r="B42" t="s">
         <v>270</v>
       </c>
       <c r="C42" t="s">
         <v>271</v>
       </c>
       <c r="D42" t="s">
         <v>53</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2012</v>
       </c>
       <c r="I42">
         <v>2014</v>
       </c>
       <c r="J42" t="s">
         <v>128</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42" t="s">
         <v>272</v>
       </c>
       <c r="M42" t="s">
         <v>273</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
         <v>274</v>
       </c>
       <c r="P42" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>276</v>
       </c>
       <c r="B43" t="s">
         <v>277</v>
       </c>
       <c r="C43" t="s">
         <v>278</v>
       </c>
       <c r="D43" t="s">
         <v>279</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2008</v>
       </c>
       <c r="I43">
         <v>2020</v>
       </c>
       <c r="J43" t="s">
         <v>280</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43" t="s">
         <v>281</v>
       </c>
       <c r="M43" t="s">
         <v>282</v>
       </c>
       <c r="N43" t="s">
         <v>36</v>
       </c>
@@ -3962,51 +3962,51 @@
         <v>296</v>
       </c>
       <c r="B48"/>
       <c r="C48" t="s">
         <v>134</v>
       </c>
       <c r="D48" t="s">
         <v>65</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2011</v>
       </c>
       <c r="I48">
         <v>2018</v>
       </c>
       <c r="J48" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
         <v>297</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
         <v>298</v>
       </c>
       <c r="P48" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>300</v>
       </c>
       <c r="B49" t="s">
         <v>301</v>
       </c>
@@ -4094,101 +4094,101 @@
       </c>
       <c r="O50" t="s">
         <v>315</v>
       </c>
       <c r="P50" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
         <v>317</v>
       </c>
       <c r="B51" t="s">
         <v>318</v>
       </c>
       <c r="C51" t="s">
         <v>319</v>
       </c>
       <c r="D51" t="s">
         <v>320</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2017</v>
       </c>
       <c r="I51">
         <v>2021</v>
       </c>
       <c r="J51" t="s">
         <v>321</v>
       </c>
       <c r="K51" t="s">
         <v>322</v>
       </c>
       <c r="L51" t="s">
         <v>323</v>
       </c>
       <c r="M51" t="s">
         <v>324</v>
       </c>
       <c r="N51" t="s">
         <v>36</v>
       </c>
       <c r="O51" t="s">
         <v>325</v>
       </c>
       <c r="P51" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
         <v>327</v>
       </c>
       <c r="B52" t="s">
         <v>328</v>
       </c>
       <c r="C52" t="s">
         <v>329</v>
       </c>
       <c r="D52" t="s">
         <v>81</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G52" t="s">
         <v>330</v>
       </c>
       <c r="H52">
         <v>2024</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>331</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52" t="s">
         <v>332</v>
       </c>
       <c r="M52" t="s">
         <v>333</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
         <v>334</v>
@@ -4250,51 +4250,51 @@
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>340</v>
       </c>
       <c r="B54" t="s">
         <v>341</v>
       </c>
       <c r="C54" t="s">
         <v>342</v>
       </c>
       <c r="D54" t="s">
         <v>343</v>
       </c>
       <c r="E54" t="s">
         <v>66</v>
       </c>
       <c r="F54" t="s">
         <v>67</v>
       </c>
       <c r="G54" t="s">
         <v>344</v>
       </c>
       <c r="H54"/>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
         <v>345</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
         <v>346</v>
       </c>
       <c r="P54" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
         <v>348</v>
       </c>
       <c r="B55" t="s">
         <v>349</v>
       </c>
@@ -4580,51 +4580,51 @@
         <v>383</v>
       </c>
       <c r="B61" t="s">
         <v>384</v>
       </c>
       <c r="C61" t="s">
         <v>170</v>
       </c>
       <c r="D61" t="s">
         <v>42</v>
       </c>
       <c r="E61" t="s">
         <v>66</v>
       </c>
       <c r="F61" t="s">
         <v>43</v>
       </c>
       <c r="G61" t="s">
         <v>330</v>
       </c>
       <c r="H61">
         <v>2021</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61" t="s">
         <v>385</v>
       </c>
       <c r="M61" t="s">
         <v>386</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
         <v>387</v>
       </c>
       <c r="P61" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>389</v>
       </c>
       <c r="B62" t="s">
@@ -4678,51 +4678,51 @@
         <v>395</v>
       </c>
       <c r="B63" t="s">
         <v>396</v>
       </c>
       <c r="C63" t="s">
         <v>397</v>
       </c>
       <c r="D63" t="s">
         <v>53</v>
       </c>
       <c r="E63" t="s">
         <v>66</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>44</v>
       </c>
       <c r="H63">
         <v>2015</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63" t="s">
         <v>398</v>
       </c>
       <c r="M63" t="s">
         <v>399</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
         <v>400</v>
       </c>
       <c r="P63" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>402</v>
       </c>
       <c r="B64" t="s">