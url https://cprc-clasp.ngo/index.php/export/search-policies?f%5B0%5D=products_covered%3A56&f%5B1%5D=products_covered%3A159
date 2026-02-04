--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -549,50 +549,53 @@
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
@@ -648,53 +651,50 @@
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
   </si>
   <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
     <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
@@ -2903,311 +2903,311 @@
       </c>
       <c r="P25" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>174</v>
       </c>
       <c r="B26" t="s">
         <v>175</v>
       </c>
       <c r="C26" t="s">
         <v>176</v>
       </c>
       <c r="D26" t="s">
         <v>177</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>35</v>
+        <v>178</v>
       </c>
       <c r="H26">
         <v>2017</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K26" t="s">
         <v>37</v>
       </c>
       <c r="L26" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="M26" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P26" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B27" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C27" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D27" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2016</v>
       </c>
       <c r="I27">
         <v>2019</v>
       </c>
       <c r="J27" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K27" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P27" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B28" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C28" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D28" t="s">
         <v>57</v>
       </c>
       <c r="E28" t="s">
         <v>58</v>
       </c>
       <c r="F28" t="s">
         <v>59</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2012</v>
       </c>
       <c r="I28">
         <v>2019</v>
       </c>
       <c r="J28" t="s">
         <v>60</v>
       </c>
       <c r="K28" t="s">
         <v>37</v>
       </c>
       <c r="L28" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="M28" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P28" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B29" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C29" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D29" t="s">
         <v>33</v>
       </c>
       <c r="E29" t="s">
         <v>58</v>
       </c>
       <c r="F29" t="s">
         <v>59</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2004</v>
       </c>
       <c r="I29">
         <v>2020</v>
       </c>
       <c r="J29" t="s">
         <v>60</v>
       </c>
       <c r="K29" t="s">
         <v>37</v>
       </c>
       <c r="L29" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="M29" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P29" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C30" t="s">
         <v>32</v>
       </c>
       <c r="D30" t="s">
         <v>67</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>35</v>
       </c>
       <c r="H30">
         <v>2019</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
         <v>36</v>
       </c>
       <c r="K30" t="s">
         <v>37</v>
       </c>
       <c r="L30" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M30" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="P30" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B31" t="s">
         <v>31</v>
       </c>
       <c r="C31" t="s">
         <v>32</v>
       </c>
       <c r="D31" t="s">
         <v>33</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>211</v>
+        <v>178</v>
       </c>
       <c r="H31">
         <v>2018</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>212</v>
       </c>
       <c r="K31" t="s">
         <v>37</v>
       </c>
       <c r="L31" t="s">
         <v>38</v>
       </c>
       <c r="M31" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>213</v>
       </c>
       <c r="P31" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>215</v>
       </c>
       <c r="B32" t="s">
         <v>216</v>
       </c>
       <c r="C32" t="s">
         <v>32</v>
       </c>
       <c r="D32" t="s">
         <v>33</v>
       </c>
       <c r="E32" t="s">
@@ -3261,51 +3261,51 @@
         <v>33</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>35</v>
       </c>
       <c r="H33">
         <v>2020</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>36</v>
       </c>
       <c r="K33" t="s">
         <v>37</v>
       </c>
       <c r="L33" t="s">
         <v>223</v>
       </c>
       <c r="M33" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="N33" t="s">
         <v>224</v>
       </c>
       <c r="O33" t="s">
         <v>225</v>
       </c>
       <c r="P33" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>227</v>
       </c>
       <c r="B34" t="s">
         <v>228</v>
       </c>
       <c r="C34" t="s">
         <v>229</v>
       </c>
       <c r="D34" t="s">
         <v>45</v>
       </c>
       <c r="E34" t="s">
@@ -3620,149 +3620,149 @@
       </c>
       <c r="O40" t="s">
         <v>257</v>
       </c>
       <c r="P40" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>259</v>
       </c>
       <c r="B41" t="s">
         <v>260</v>
       </c>
       <c r="C41" t="s">
         <v>261</v>
       </c>
       <c r="D41" t="s">
         <v>67</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G41" t="s">
         <v>35</v>
       </c>
       <c r="H41">
         <v>2013</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>126</v>
       </c>
       <c r="K41" t="s">
         <v>37</v>
       </c>
       <c r="L41" t="s">
         <v>262</v>
       </c>
       <c r="M41" t="s">
         <v>263</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
         <v>264</v>
       </c>
       <c r="P41" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
         <v>266</v>
       </c>
       <c r="B42" t="s">
         <v>267</v>
       </c>
       <c r="C42" t="s">
         <v>261</v>
       </c>
       <c r="D42" t="s">
         <v>45</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2012</v>
       </c>
       <c r="I42">
         <v>2014</v>
       </c>
       <c r="J42" t="s">
         <v>126</v>
       </c>
       <c r="K42" t="s">
         <v>37</v>
       </c>
       <c r="L42" t="s">
         <v>268</v>
       </c>
       <c r="M42" t="s">
         <v>263</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
         <v>269</v>
       </c>
       <c r="P42" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>270</v>
       </c>
       <c r="B43" t="s">
         <v>271</v>
       </c>
       <c r="C43" t="s">
         <v>272</v>
       </c>
       <c r="D43" t="s">
         <v>273</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2008</v>
       </c>
       <c r="I43">
         <v>2020</v>
       </c>
       <c r="J43" t="s">
         <v>274</v>
       </c>
       <c r="K43" t="s">
         <v>37</v>
       </c>
       <c r="L43" t="s">
         <v>275</v>
       </c>
       <c r="M43" t="s">
         <v>276</v>
       </c>
       <c r="N43" t="s">
         <v>224</v>
       </c>
@@ -3972,51 +3972,51 @@
         <v>290</v>
       </c>
       <c r="B48"/>
       <c r="C48" t="s">
         <v>132</v>
       </c>
       <c r="D48" t="s">
         <v>57</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2011</v>
       </c>
       <c r="I48">
         <v>2018</v>
       </c>
       <c r="J48" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K48" t="s">
         <v>37</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
         <v>291</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
         <v>292</v>
       </c>
       <c r="P48" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>294</v>
       </c>
       <c r="B49" t="s">
         <v>295</v>
       </c>
@@ -4056,51 +4056,51 @@
       </c>
       <c r="O49" t="s">
         <v>299</v>
       </c>
       <c r="P49" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>301</v>
       </c>
       <c r="B50" t="s">
         <v>302</v>
       </c>
       <c r="C50" t="s">
         <v>303</v>
       </c>
       <c r="D50" t="s">
         <v>67</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G50" t="s">
         <v>35</v>
       </c>
       <c r="H50">
         <v>2020</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>304</v>
       </c>
       <c r="K50" t="s">
         <v>37</v>
       </c>
       <c r="L50" t="s">
         <v>305</v>
       </c>
       <c r="M50" t="s">
         <v>306</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
         <v>307</v>
@@ -4152,101 +4152,101 @@
       </c>
       <c r="O51" t="s">
         <v>317</v>
       </c>
       <c r="P51" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
         <v>319</v>
       </c>
       <c r="B52" t="s">
         <v>320</v>
       </c>
       <c r="C52" t="s">
         <v>321</v>
       </c>
       <c r="D52" t="s">
         <v>322</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2017</v>
       </c>
       <c r="I52">
         <v>2021</v>
       </c>
       <c r="J52" t="s">
         <v>323</v>
       </c>
       <c r="K52" t="s">
         <v>324</v>
       </c>
       <c r="L52" t="s">
         <v>325</v>
       </c>
       <c r="M52" t="s">
         <v>326</v>
       </c>
       <c r="N52" t="s">
         <v>224</v>
       </c>
       <c r="O52" t="s">
         <v>327</v>
       </c>
       <c r="P52" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>329</v>
       </c>
       <c r="B53" t="s">
         <v>330</v>
       </c>
       <c r="C53" t="s">
         <v>331</v>
       </c>
       <c r="D53" t="s">
         <v>79</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G53" t="s">
         <v>332</v>
       </c>
       <c r="H53">
         <v>2024</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>333</v>
       </c>
       <c r="K53" t="s">
         <v>37</v>
       </c>
       <c r="L53" t="s">
         <v>334</v>
       </c>
       <c r="M53" t="s">
         <v>335</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
         <v>336</v>
@@ -4308,51 +4308,51 @@
     <row r="55" spans="1:16">
       <c r="A55" t="s">
         <v>342</v>
       </c>
       <c r="B55" t="s">
         <v>343</v>
       </c>
       <c r="C55" t="s">
         <v>344</v>
       </c>
       <c r="D55" t="s">
         <v>345</v>
       </c>
       <c r="E55" t="s">
         <v>58</v>
       </c>
       <c r="F55" t="s">
         <v>59</v>
       </c>
       <c r="G55" t="s">
         <v>346</v>
       </c>
       <c r="H55"/>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K55" t="s">
         <v>37</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
         <v>347</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
         <v>348</v>
       </c>
       <c r="P55" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>350</v>
       </c>
       <c r="B56" t="s">
         <v>351</v>
       </c>