--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,941 +12,1307 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="276">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="394">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>CEL- Air Cleaners</t>
   </si>
   <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>CQC31-439126-2014. CQC Mark Certification - Dehumidifier</t>
   </si>
   <si>
+    <t>Applies to whole-type or split-type dehumidifiers with a dehumidification capacity of more than 0.16 kg per h</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 19411-2003, GB/T 20109-2006</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439126-2014-cqc-mark-certification-dehumidifier</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/509967.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482633-2017. Energy Conservation Certification Rules  for Single- Phase Static Electricity Meters</t>
   </si>
   <si>
+    <t>Apply to single-phase static electricity meters</t>
+  </si>
+  <si>
     <t>Household Meters</t>
   </si>
   <si>
     <t>CQC 3059-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-482633-2017-energy-conservation-certification-rules-single-phase-static-electricity</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2017-08-09/548591.shtml</t>
+  </si>
+  <si>
     <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
   </si>
   <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>GBT 26730-2011; GBT 6952-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
     <t>CQC32-482631-2013. Water Conservation Certification Rules for Integrated Circuit Card Water Meter</t>
   </si>
   <si>
+    <t>Apply to integrated circuit card water meter</t>
+  </si>
+  <si>
     <t>CJ/T 133-2012</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-482631-2013-water-conservation-certification-rules-integrated-circuit-card-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492595.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439802-2018 Safety and Energy conservation certification rules for air source heat pump drying -dehumidifying unit</t>
   </si>
   <si>
+    <t>Applies to air source heat pump drying -dehumidifying unit</t>
+  </si>
+  <si>
     <t>CQC6402-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-439802-2018-safety-and-energy-conservation-certification-rules-air-source-heat-pump</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/553403.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dehumidifier as specified in the policy document, including standalone and whole house units, are eligible for ENERGY STAR qualification. Dehumidifiers with daily water-removal capacities greater than 185 U.S. pints/87.5 liters are not eligible.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Appendix X to Subpart B of Part 430</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
+  </si>
+  <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
-    <t>October 2025</t>
+    <t>This standard revised minimum energy performance standards and grades for air cleaners:
+ — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
+— Air cleaners with functions for removing particulate matter and gaseous pollutants;
+— Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>Greenmark N127 - Hand Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n127-hand-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N146 - Electric Paper Shredders</t>
   </si>
   <si>
+    <t>applicable to the electric paper shredders</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n146-electric-paper-shredders</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/146/8bd92ccf-9b17-46da-8ee3-cb3320d43963.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier-0</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Republic of Korea</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
   </si>
   <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
   </si>
   <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers-0</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1210,2721 +1576,3094 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N62"/>
+  <dimension ref="A1:P62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="227" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="227.516" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1330.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>58</v>
+      </c>
+      <c r="F6" t="s">
+        <v>59</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>58</v>
+      </c>
+      <c r="F7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>36</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>58</v>
+      </c>
+      <c r="F8" t="s">
+        <v>59</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...35 lines deleted...]
-      <c r="J3" t="s">
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
+        <v>60</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>62</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
         <v>32</v>
       </c>
-      <c r="K3" t="s">
+      <c r="D9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E9" t="s">
+        <v>58</v>
+      </c>
+      <c r="F9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>36</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
+        <v>62</v>
+      </c>
+      <c r="N9" t="s">
+        <v>80</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
         <v>33</v>
       </c>
-      <c r="L3" t="s">
-[...5 lines deleted...]
-      <c r="N3" t="s">
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>59</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10">
+        <v>2017</v>
+      </c>
+      <c r="J10" t="s">
+        <v>85</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
+        <v>62</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>57</v>
+      </c>
+      <c r="E11" t="s">
+        <v>58</v>
+      </c>
+      <c r="F11" t="s">
+        <v>59</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2018</v>
+      </c>
+      <c r="J11" t="s">
+        <v>60</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>91</v>
+      </c>
+      <c r="M11" t="s">
+        <v>62</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>58</v>
+      </c>
+      <c r="F12" t="s">
+        <v>59</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>60</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
+        <v>62</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>73</v>
+      </c>
+      <c r="E13" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" t="s">
+        <v>59</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>60</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>101</v>
+      </c>
+      <c r="M13" t="s">
+        <v>62</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>106</v>
+      </c>
+      <c r="D14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E14" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" t="s">
+        <v>59</v>
+      </c>
+      <c r="G14" t="s">
         <v>35</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G4">
+      <c r="H14">
+        <v>2018</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>108</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>109</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>106</v>
+      </c>
+      <c r="D15" t="s">
+        <v>114</v>
+      </c>
+      <c r="E15" t="s">
+        <v>58</v>
+      </c>
+      <c r="F15" t="s">
+        <v>59</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>108</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>109</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>115</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>117</v>
+      </c>
+      <c r="B16" t="s">
+        <v>118</v>
+      </c>
+      <c r="C16" t="s">
+        <v>119</v>
+      </c>
+      <c r="D16" t="s">
+        <v>73</v>
+      </c>
+      <c r="E16" t="s">
+        <v>58</v>
+      </c>
+      <c r="F16" t="s">
+        <v>59</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>120</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>121</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>122</v>
+      </c>
+      <c r="P16" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>124</v>
+      </c>
+      <c r="B17" t="s">
+        <v>125</v>
+      </c>
+      <c r="C17" t="s">
+        <v>126</v>
+      </c>
+      <c r="D17" t="s">
+        <v>127</v>
+      </c>
+      <c r="E17" t="s">
+        <v>58</v>
+      </c>
+      <c r="F17" t="s">
+        <v>59</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2003</v>
+      </c>
+      <c r="I17">
         <v>2013</v>
       </c>
-      <c r="H4"/>
-[...34 lines deleted...]
-      <c r="G5">
+      <c r="J17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>128</v>
+      </c>
+      <c r="M17" t="s">
+        <v>129</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>130</v>
+      </c>
+      <c r="P17" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>132</v>
+      </c>
+      <c r="B18" t="s">
+        <v>133</v>
+      </c>
+      <c r="C18" t="s">
+        <v>126</v>
+      </c>
+      <c r="D18" t="s">
+        <v>114</v>
+      </c>
+      <c r="E18" t="s">
+        <v>58</v>
+      </c>
+      <c r="F18" t="s">
+        <v>59</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
         <v>2013</v>
       </c>
-      <c r="H5"/>
-[...108 lines deleted...]
-      <c r="C8" t="s">
+      <c r="I18">
+        <v>2003</v>
+      </c>
+      <c r="J18" t="s">
+        <v>85</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>129</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P18" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>136</v>
+      </c>
+      <c r="B19" t="s">
+        <v>137</v>
+      </c>
+      <c r="C19" t="s">
+        <v>126</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
         <v>58</v>
       </c>
-      <c r="D8" t="s">
-[...20 lines deleted...]
-      <c r="K8" t="s">
+      <c r="F19" t="s">
         <v>59</v>
       </c>
-      <c r="L8" t="s">
-[...455 lines deleted...]
-        <v>2011</v>
+      <c r="G19" t="s">
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2011</v>
       </c>
-      <c r="I19" t="s">
-        <v>66</v>
+      <c r="I19">
+        <v>2011</v>
       </c>
       <c r="J19" t="s">
-        <v>32</v>
+        <v>85</v>
       </c>
       <c r="K19" t="s">
-        <v>101</v>
+        <v>37</v>
       </c>
       <c r="L19" t="s">
-        <v>102</v>
+        <v>138</v>
       </c>
       <c r="M19" t="s">
-        <v>24</v>
+        <v>139</v>
       </c>
       <c r="N19" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="B20" t="s">
-        <v>93</v>
+        <v>143</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>126</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="F20" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G20">
+        <v>59</v>
+      </c>
+      <c r="G20" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20">
         <v>2010</v>
       </c>
-      <c r="H20"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>32</v>
+        <v>85</v>
       </c>
       <c r="K20" t="s">
-        <v>105</v>
+        <v>37</v>
       </c>
       <c r="L20" t="s">
-        <v>96</v>
+        <v>144</v>
       </c>
       <c r="M20" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="N20" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>145</v>
+      </c>
+      <c r="P20" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>107</v>
+        <v>147</v>
       </c>
       <c r="B21" t="s">
-        <v>88</v>
+        <v>148</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>119</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E21" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
-      <c r="I21" t="s">
-        <v>89</v>
+      <c r="I21">
+        <v>2012</v>
       </c>
       <c r="J21" t="s">
+        <v>120</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>121</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>149</v>
+      </c>
+      <c r="P21" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>151</v>
+      </c>
+      <c r="B22" t="s">
+        <v>152</v>
+      </c>
+      <c r="C22" t="s">
+        <v>119</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>120</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
+        <v>153</v>
+      </c>
+      <c r="M22" t="s">
+        <v>121</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>154</v>
+      </c>
+      <c r="P22" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>156</v>
+      </c>
+      <c r="B23" t="s">
+        <v>157</v>
+      </c>
+      <c r="C23" t="s">
+        <v>119</v>
+      </c>
+      <c r="D23" t="s">
+        <v>45</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>120</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23" t="s">
+        <v>158</v>
+      </c>
+      <c r="M23" t="s">
+        <v>121</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>159</v>
+      </c>
+      <c r="P23" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>160</v>
+      </c>
+      <c r="B24" t="s">
+        <v>161</v>
+      </c>
+      <c r="C24" t="s">
+        <v>162</v>
+      </c>
+      <c r="D24" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" t="s">
+        <v>58</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2021</v>
+      </c>
+      <c r="I24">
+        <v>2019</v>
+      </c>
+      <c r="J24" t="s">
+        <v>163</v>
+      </c>
+      <c r="K24" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24" t="s">
+        <v>164</v>
+      </c>
+      <c r="M24" t="s">
+        <v>165</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>166</v>
+      </c>
+      <c r="P24" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>168</v>
+      </c>
+      <c r="B25" t="s">
+        <v>169</v>
+      </c>
+      <c r="C25" t="s">
+        <v>170</v>
+      </c>
+      <c r="D25" t="s">
+        <v>171</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>35</v>
+      </c>
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>172</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25" t="s">
+        <v>173</v>
+      </c>
+      <c r="M25" t="s">
+        <v>174</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>175</v>
+      </c>
+      <c r="P25" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>177</v>
+      </c>
+      <c r="B26" t="s">
+        <v>178</v>
+      </c>
+      <c r="C26" t="s">
+        <v>179</v>
+      </c>
+      <c r="D26" t="s">
+        <v>180</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>181</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2016</v>
+      </c>
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>172</v>
+      </c>
+      <c r="K26" t="s">
+        <v>182</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>183</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>184</v>
+      </c>
+      <c r="P26" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>186</v>
+      </c>
+      <c r="B27" t="s">
+        <v>187</v>
+      </c>
+      <c r="C27" t="s">
+        <v>188</v>
+      </c>
+      <c r="D27" t="s">
+        <v>57</v>
+      </c>
+      <c r="E27" t="s">
+        <v>58</v>
+      </c>
+      <c r="F27" t="s">
+        <v>59</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2012</v>
+      </c>
+      <c r="I27">
+        <v>2019</v>
+      </c>
+      <c r="J27" t="s">
+        <v>60</v>
+      </c>
+      <c r="K27" t="s">
+        <v>37</v>
+      </c>
+      <c r="L27" t="s">
+        <v>189</v>
+      </c>
+      <c r="M27" t="s">
+        <v>190</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>191</v>
+      </c>
+      <c r="P27" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>193</v>
+      </c>
+      <c r="B28" t="s">
+        <v>194</v>
+      </c>
+      <c r="C28" t="s">
+        <v>188</v>
+      </c>
+      <c r="D28" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" t="s">
+        <v>58</v>
+      </c>
+      <c r="F28" t="s">
+        <v>59</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2004</v>
+      </c>
+      <c r="I28">
+        <v>2020</v>
+      </c>
+      <c r="J28" t="s">
+        <v>60</v>
+      </c>
+      <c r="K28" t="s">
+        <v>37</v>
+      </c>
+      <c r="L28" t="s">
+        <v>195</v>
+      </c>
+      <c r="M28" t="s">
+        <v>190</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>196</v>
+      </c>
+      <c r="P28" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>198</v>
+      </c>
+      <c r="B29" t="s">
+        <v>31</v>
+      </c>
+      <c r="C29" t="s">
         <v>32</v>
       </c>
-      <c r="K21"/>
-[...36 lines deleted...]
-      <c r="J22" t="s">
+      <c r="D29" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>199</v>
+      </c>
+      <c r="H29">
+        <v>2018</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>200</v>
+      </c>
+      <c r="K29" t="s">
+        <v>37</v>
+      </c>
+      <c r="L29" t="s">
+        <v>38</v>
+      </c>
+      <c r="M29" t="s">
+        <v>201</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>202</v>
+      </c>
+      <c r="P29" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>204</v>
+      </c>
+      <c r="B30" t="s">
+        <v>205</v>
+      </c>
+      <c r="C30" t="s">
         <v>32</v>
       </c>
-      <c r="K22" t="s">
-[...38 lines deleted...]
-      <c r="J23" t="s">
+      <c r="D30" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2018</v>
+      </c>
+      <c r="I30">
+        <v>2024</v>
+      </c>
+      <c r="J30" t="s">
+        <v>200</v>
+      </c>
+      <c r="K30" t="s">
+        <v>37</v>
+      </c>
+      <c r="L30" t="s">
+        <v>206</v>
+      </c>
+      <c r="M30" t="s">
+        <v>207</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>208</v>
+      </c>
+      <c r="P30" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>210</v>
+      </c>
+      <c r="B31" t="s">
+        <v>211</v>
+      </c>
+      <c r="C31" t="s">
         <v>32</v>
       </c>
-      <c r="K23" t="s">
-[...8 lines deleted...]
-      <c r="N23" t="s">
+      <c r="D31" t="s">
+        <v>33</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>35</v>
+      </c>
+      <c r="H31">
+        <v>2020</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>36</v>
+      </c>
+      <c r="K31" t="s">
+        <v>37</v>
+      </c>
+      <c r="L31" t="s">
+        <v>212</v>
+      </c>
+      <c r="M31" t="s">
+        <v>201</v>
+      </c>
+      <c r="N31" t="s">
+        <v>213</v>
+      </c>
+      <c r="O31" t="s">
+        <v>214</v>
+      </c>
+      <c r="P31" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>216</v>
+      </c>
+      <c r="B32" t="s">
+        <v>217</v>
+      </c>
+      <c r="C32" t="s">
+        <v>218</v>
+      </c>
+      <c r="D32" t="s">
+        <v>45</v>
+      </c>
+      <c r="E32" t="s">
+        <v>58</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>35</v>
+      </c>
+      <c r="H32">
+        <v>1985</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>85</v>
+      </c>
+      <c r="K32" t="s">
+        <v>37</v>
+      </c>
+      <c r="L32" t="s">
+        <v>219</v>
+      </c>
+      <c r="M32" t="s">
+        <v>220</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>221</v>
+      </c>
+      <c r="P32" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>223</v>
+      </c>
+      <c r="B33" t="s">
+        <v>224</v>
+      </c>
+      <c r="C33" t="s">
+        <v>218</v>
+      </c>
+      <c r="D33" t="s">
         <v>114</v>
       </c>
-    </row>
-[...34 lines deleted...]
-      <c r="L24" t="s">
+      <c r="E33" t="s">
+        <v>58</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>35</v>
+      </c>
+      <c r="H33">
+        <v>1983</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>85</v>
+      </c>
+      <c r="K33" t="s">
+        <v>37</v>
+      </c>
+      <c r="L33" t="s">
+        <v>225</v>
+      </c>
+      <c r="M33" t="s">
+        <v>220</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>226</v>
+      </c>
+      <c r="P33" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>228</v>
+      </c>
+      <c r="B34" t="s">
+        <v>229</v>
+      </c>
+      <c r="C34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D34" t="s">
+        <v>114</v>
+      </c>
+      <c r="E34" t="s">
+        <v>58</v>
+      </c>
+      <c r="F34" t="s">
+        <v>59</v>
+      </c>
+      <c r="G34" t="s">
+        <v>35</v>
+      </c>
+      <c r="H34">
+        <v>2014</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>85</v>
+      </c>
+      <c r="K34" t="s">
+        <v>37</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>129</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>230</v>
+      </c>
+      <c r="P34" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>232</v>
+      </c>
+      <c r="B35" t="s">
+        <v>233</v>
+      </c>
+      <c r="C35" t="s">
+        <v>126</v>
+      </c>
+      <c r="D35" t="s">
+        <v>107</v>
+      </c>
+      <c r="E35" t="s">
+        <v>58</v>
+      </c>
+      <c r="F35" t="s">
+        <v>59</v>
+      </c>
+      <c r="G35" t="s">
+        <v>35</v>
+      </c>
+      <c r="H35">
+        <v>2016</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>85</v>
+      </c>
+      <c r="K35" t="s">
+        <v>37</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>139</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>234</v>
+      </c>
+      <c r="P35" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>236</v>
+      </c>
+      <c r="B36" t="s">
+        <v>237</v>
+      </c>
+      <c r="C36" t="s">
+        <v>126</v>
+      </c>
+      <c r="D36" t="s">
+        <v>45</v>
+      </c>
+      <c r="E36" t="s">
+        <v>58</v>
+      </c>
+      <c r="F36" t="s">
+        <v>59</v>
+      </c>
+      <c r="G36" t="s">
+        <v>35</v>
+      </c>
+      <c r="H36">
+        <v>2016</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>85</v>
+      </c>
+      <c r="K36" t="s">
+        <v>37</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>139</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>238</v>
+      </c>
+      <c r="P36" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>240</v>
+      </c>
+      <c r="B37" t="s">
+        <v>241</v>
+      </c>
+      <c r="C37" t="s">
+        <v>126</v>
+      </c>
+      <c r="D37" t="s">
+        <v>57</v>
+      </c>
+      <c r="E37" t="s">
+        <v>58</v>
+      </c>
+      <c r="F37" t="s">
+        <v>59</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2011</v>
+      </c>
+      <c r="I37">
+        <v>2013</v>
+      </c>
+      <c r="J37" t="s">
+        <v>85</v>
+      </c>
+      <c r="K37" t="s">
+        <v>37</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>139</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>242</v>
+      </c>
+      <c r="P37" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>244</v>
+      </c>
+      <c r="B38" t="s">
+        <v>245</v>
+      </c>
+      <c r="C38" t="s">
+        <v>126</v>
+      </c>
+      <c r="D38" t="s">
+        <v>127</v>
+      </c>
+      <c r="E38" t="s">
+        <v>58</v>
+      </c>
+      <c r="F38" t="s">
+        <v>59</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2001</v>
+      </c>
+      <c r="I38">
+        <v>2013</v>
+      </c>
+      <c r="J38" t="s">
+        <v>85</v>
+      </c>
+      <c r="K38" t="s">
+        <v>37</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>129</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>246</v>
+      </c>
+      <c r="P38" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>248</v>
+      </c>
+      <c r="B39" t="s">
+        <v>249</v>
+      </c>
+      <c r="C39" t="s">
+        <v>250</v>
+      </c>
+      <c r="D39" t="s">
+        <v>45</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>181</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2012</v>
+      </c>
+      <c r="I39">
+        <v>2014</v>
+      </c>
+      <c r="J39" t="s">
+        <v>120</v>
+      </c>
+      <c r="K39" t="s">
+        <v>37</v>
+      </c>
+      <c r="L39" t="s">
+        <v>251</v>
+      </c>
+      <c r="M39" t="s">
+        <v>252</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>253</v>
+      </c>
+      <c r="P39" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>255</v>
+      </c>
+      <c r="B40" t="s">
+        <v>256</v>
+      </c>
+      <c r="C40" t="s">
+        <v>257</v>
+      </c>
+      <c r="D40" t="s">
+        <v>258</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>181</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2008</v>
+      </c>
+      <c r="I40">
+        <v>2020</v>
+      </c>
+      <c r="J40" t="s">
+        <v>259</v>
+      </c>
+      <c r="K40" t="s">
+        <v>37</v>
+      </c>
+      <c r="L40" t="s">
+        <v>260</v>
+      </c>
+      <c r="M40" t="s">
+        <v>261</v>
+      </c>
+      <c r="N40" t="s">
+        <v>213</v>
+      </c>
+      <c r="O40" t="s">
+        <v>262</v>
+      </c>
+      <c r="P40" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>264</v>
+      </c>
+      <c r="B41" t="s">
+        <v>265</v>
+      </c>
+      <c r="C41" t="s">
+        <v>126</v>
+      </c>
+      <c r="D41" t="s">
+        <v>57</v>
+      </c>
+      <c r="E41" t="s">
+        <v>58</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>35</v>
+      </c>
+      <c r="H41">
+        <v>2011</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>85</v>
+      </c>
+      <c r="K41" t="s">
+        <v>37</v>
+      </c>
+      <c r="L41" t="s">
+        <v>144</v>
+      </c>
+      <c r="M41" t="s">
+        <v>129</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>266</v>
+      </c>
+      <c r="P41" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>268</v>
+      </c>
+      <c r="B42" t="s">
+        <v>152</v>
+      </c>
+      <c r="C42" t="s">
         <v>119</v>
       </c>
-      <c r="M24" t="s">
-[...207 lines deleted...]
-      <c r="K29" t="s">
+      <c r="D42" t="s">
         <v>33</v>
       </c>
-      <c r="L29" t="s">
-[...525 lines deleted...]
-      </c>
       <c r="E42" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
       </c>
       <c r="H42">
         <v>2011</v>
       </c>
-      <c r="I42" t="s">
-        <v>89</v>
+      <c r="I42">
+        <v>2011</v>
       </c>
       <c r="J42" t="s">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="K42" t="s">
-        <v>110</v>
+        <v>37</v>
       </c>
       <c r="L42" t="s">
-        <v>90</v>
+        <v>153</v>
       </c>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>121</v>
       </c>
       <c r="N42" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>269</v>
+      </c>
+      <c r="P42" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>189</v>
+        <v>270</v>
       </c>
       <c r="B43" t="s">
-        <v>88</v>
+        <v>148</v>
       </c>
       <c r="C43" t="s">
-        <v>46</v>
+        <v>119</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E43" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
       </c>
       <c r="H43">
         <v>2012</v>
       </c>
-      <c r="I43" t="s">
-        <v>89</v>
+      <c r="I43">
+        <v>2012</v>
       </c>
       <c r="J43" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="K43" t="s">
+        <v>37</v>
+      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>121</v>
       </c>
       <c r="N43" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>271</v>
+      </c>
+      <c r="P43" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>191</v>
+        <v>272</v>
       </c>
       <c r="B44" t="s">
-        <v>88</v>
+        <v>273</v>
       </c>
       <c r="C44" t="s">
-        <v>38</v>
+        <v>119</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="E44" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G44">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>35</v>
+      </c>
+      <c r="H44">
         <v>2009</v>
       </c>
-      <c r="H44"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="K44" t="s">
-        <v>113</v>
+        <v>37</v>
       </c>
       <c r="L44" t="s">
-        <v>90</v>
+        <v>158</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>121</v>
       </c>
       <c r="N44" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>274</v>
+      </c>
+      <c r="P44" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="B45"/>
       <c r="C45" t="s">
-        <v>46</v>
+        <v>126</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E45" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
         <v>2011</v>
       </c>
-      <c r="H45">
+      <c r="I45">
         <v>2018</v>
       </c>
-      <c r="I45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J45" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>172</v>
+      </c>
+      <c r="K45" t="s">
+        <v>37</v>
+      </c>
+      <c r="L45"/>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>276</v>
       </c>
       <c r="N45" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>277</v>
+      </c>
+      <c r="P45" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>196</v>
+        <v>279</v>
       </c>
       <c r="B46" t="s">
-        <v>197</v>
+        <v>280</v>
       </c>
       <c r="C46" t="s">
-        <v>38</v>
+        <v>281</v>
       </c>
       <c r="D46" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E46" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="F46" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G46">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>35</v>
+      </c>
+      <c r="H46">
         <v>2015</v>
       </c>
-      <c r="H46"/>
-      <c r="I46" t="s">
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>259</v>
+      </c>
+      <c r="K46" t="s">
+        <v>37</v>
+      </c>
+      <c r="L46" t="s">
+        <v>282</v>
+      </c>
+      <c r="M46" t="s">
+        <v>283</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>284</v>
+      </c>
+      <c r="P46" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>286</v>
+      </c>
+      <c r="B47" t="s">
+        <v>287</v>
+      </c>
+      <c r="C47" t="s">
+        <v>288</v>
+      </c>
+      <c r="D47" t="s">
+        <v>289</v>
+      </c>
+      <c r="E47" t="s">
+        <v>58</v>
+      </c>
+      <c r="F47" t="s">
+        <v>59</v>
+      </c>
+      <c r="G47" t="s">
+        <v>35</v>
+      </c>
+      <c r="H47">
+        <v>2014</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>290</v>
+      </c>
+      <c r="K47" t="s">
+        <v>291</v>
+      </c>
+      <c r="L47" t="s">
+        <v>292</v>
+      </c>
+      <c r="M47" t="s">
+        <v>293</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>294</v>
+      </c>
+      <c r="P47" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>296</v>
+      </c>
+      <c r="B48" t="s">
+        <v>297</v>
+      </c>
+      <c r="C48" t="s">
+        <v>298</v>
+      </c>
+      <c r="D48" t="s">
+        <v>299</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
         <v>181</v>
       </c>
-      <c r="J46" t="s">
-[...76 lines deleted...]
-      <c r="G48">
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2017</v>
       </c>
-      <c r="H48">
+      <c r="I48">
         <v>2021</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J48" t="s">
+        <v>300</v>
+      </c>
+      <c r="K48" t="s">
+        <v>301</v>
+      </c>
+      <c r="L48" t="s">
+        <v>302</v>
+      </c>
+      <c r="M48" t="s">
+        <v>303</v>
+      </c>
+      <c r="N48" t="s">
         <v>213</v>
       </c>
-      <c r="K48" t="s">
-[...12 lines deleted...]
-    <row r="49" spans="1:14">
+      <c r="O48" t="s">
+        <v>304</v>
+      </c>
+      <c r="P48" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>217</v>
+        <v>306</v>
       </c>
       <c r="B49" t="s">
-        <v>218</v>
+        <v>307</v>
       </c>
       <c r="C49" t="s">
+        <v>308</v>
+      </c>
+      <c r="D49" t="s">
+        <v>73</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>181</v>
+      </c>
+      <c r="G49" t="s">
+        <v>309</v>
+      </c>
+      <c r="H49">
+        <v>2024</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>310</v>
+      </c>
+      <c r="K49" t="s">
+        <v>37</v>
+      </c>
+      <c r="L49" t="s">
+        <v>311</v>
+      </c>
+      <c r="M49" t="s">
+        <v>312</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>313</v>
+      </c>
+      <c r="P49" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>315</v>
+      </c>
+      <c r="B50" t="s">
+        <v>316</v>
+      </c>
+      <c r="C50" t="s">
+        <v>126</v>
+      </c>
+      <c r="D50" t="s">
+        <v>57</v>
+      </c>
+      <c r="E50" t="s">
         <v>58</v>
       </c>
-      <c r="D49" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="F50" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>34</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
       </c>
       <c r="H50">
         <v>2011</v>
       </c>
-      <c r="I50" t="s">
-        <v>66</v>
+      <c r="I50">
+        <v>2011</v>
       </c>
       <c r="J50" t="s">
-        <v>32</v>
+        <v>85</v>
       </c>
       <c r="K50" t="s">
-        <v>105</v>
+        <v>37</v>
       </c>
       <c r="L50" t="s">
-        <v>96</v>
+        <v>144</v>
       </c>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="N50" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>317</v>
+      </c>
+      <c r="P50" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>225</v>
+        <v>319</v>
       </c>
       <c r="B51" t="s">
-        <v>226</v>
+        <v>320</v>
       </c>
       <c r="C51" t="s">
-        <v>227</v>
+        <v>321</v>
       </c>
       <c r="D51" t="s">
-        <v>47</v>
+        <v>322</v>
       </c>
       <c r="E51" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="F51" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="G51"/>
+        <v>59</v>
+      </c>
+      <c r="G51" t="s">
+        <v>323</v>
+      </c>
       <c r="H51"/>
-      <c r="I51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>172</v>
+      </c>
+      <c r="K51" t="s">
+        <v>37</v>
+      </c>
+      <c r="L51"/>
       <c r="M51" t="s">
-        <v>24</v>
+        <v>324</v>
       </c>
       <c r="N51" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>325</v>
+      </c>
+      <c r="P51" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>231</v>
+        <v>327</v>
       </c>
       <c r="B52" t="s">
-        <v>226</v>
+        <v>328</v>
       </c>
       <c r="C52" t="s">
-        <v>232</v>
+        <v>321</v>
       </c>
       <c r="D52" t="s">
-        <v>47</v>
+        <v>329</v>
       </c>
       <c r="E52" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="F52" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G52">
+        <v>59</v>
+      </c>
+      <c r="G52" t="s">
+        <v>35</v>
+      </c>
+      <c r="H52">
         <v>2017</v>
       </c>
-      <c r="H52"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I52"/>
       <c r="J52" t="s">
-        <v>233</v>
-[...4 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="K52" t="s">
+        <v>330</v>
+      </c>
+      <c r="L52"/>
       <c r="M52" t="s">
-        <v>24</v>
+        <v>324</v>
       </c>
       <c r="N52" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>331</v>
+      </c>
+      <c r="P52" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>235</v>
+        <v>333</v>
       </c>
       <c r="B53" t="s">
-        <v>226</v>
+        <v>334</v>
       </c>
       <c r="C53" t="s">
-        <v>236</v>
+        <v>321</v>
       </c>
       <c r="D53" t="s">
-        <v>47</v>
+        <v>335</v>
       </c>
       <c r="E53" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="F53" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G53">
+        <v>59</v>
+      </c>
+      <c r="G53" t="s">
+        <v>35</v>
+      </c>
+      <c r="H53">
         <v>2017</v>
       </c>
-      <c r="H53"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I53"/>
       <c r="J53" t="s">
-        <v>233</v>
-[...4 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="K53" t="s">
+        <v>330</v>
+      </c>
+      <c r="L53"/>
       <c r="M53" t="s">
-        <v>24</v>
+        <v>324</v>
       </c>
       <c r="N53" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>336</v>
+      </c>
+      <c r="P53" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>238</v>
+        <v>338</v>
       </c>
       <c r="B54" t="s">
-        <v>116</v>
+        <v>339</v>
       </c>
       <c r="C54" t="s">
-        <v>239</v>
+        <v>162</v>
       </c>
       <c r="D54" t="s">
-        <v>47</v>
+        <v>340</v>
       </c>
       <c r="E54" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="F54" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G54">
+        <v>59</v>
+      </c>
+      <c r="G54" t="s">
+        <v>35</v>
+      </c>
+      <c r="H54">
         <v>2014</v>
       </c>
-      <c r="H54"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I54"/>
       <c r="J54" t="s">
-        <v>32</v>
+        <v>341</v>
       </c>
       <c r="K54" t="s">
-        <v>241</v>
+        <v>37</v>
       </c>
       <c r="L54" t="s">
-        <v>242</v>
+        <v>342</v>
       </c>
       <c r="M54" t="s">
-        <v>24</v>
+        <v>343</v>
       </c>
       <c r="N54" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>344</v>
+      </c>
+      <c r="P54" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>244</v>
+        <v>346</v>
       </c>
       <c r="B55" t="s">
-        <v>116</v>
+        <v>347</v>
       </c>
       <c r="C55" t="s">
-        <v>94</v>
+        <v>162</v>
       </c>
       <c r="D55" t="s">
-        <v>47</v>
+        <v>127</v>
       </c>
       <c r="E55" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="F55" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G55">
+        <v>59</v>
+      </c>
+      <c r="G55" t="s">
+        <v>35</v>
+      </c>
+      <c r="H55">
         <v>2013</v>
       </c>
-      <c r="H55"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I55"/>
       <c r="J55" t="s">
-        <v>32</v>
+        <v>348</v>
       </c>
       <c r="K55" t="s">
-        <v>246</v>
+        <v>37</v>
       </c>
       <c r="L55" t="s">
-        <v>242</v>
+        <v>349</v>
       </c>
       <c r="M55" t="s">
-        <v>24</v>
+        <v>343</v>
       </c>
       <c r="N55" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>350</v>
+      </c>
+      <c r="P55" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>248</v>
+        <v>352</v>
       </c>
       <c r="B56" t="s">
-        <v>116</v>
+        <v>353</v>
       </c>
       <c r="C56" t="s">
-        <v>85</v>
+        <v>162</v>
       </c>
       <c r="D56" t="s">
-        <v>47</v>
+        <v>114</v>
       </c>
       <c r="E56" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="F56" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G56">
+        <v>59</v>
+      </c>
+      <c r="G56" t="s">
+        <v>35</v>
+      </c>
+      <c r="H56">
         <v>2012</v>
       </c>
-      <c r="H56"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I56"/>
       <c r="J56" t="s">
-        <v>32</v>
+        <v>163</v>
       </c>
       <c r="K56" t="s">
-        <v>249</v>
+        <v>37</v>
       </c>
       <c r="L56" t="s">
-        <v>242</v>
+        <v>354</v>
       </c>
       <c r="M56" t="s">
-        <v>24</v>
+        <v>343</v>
       </c>
       <c r="N56" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>355</v>
+      </c>
+      <c r="P56" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>251</v>
+        <v>357</v>
       </c>
       <c r="B57" t="s">
-        <v>116</v>
+        <v>358</v>
       </c>
       <c r="C57" t="s">
-        <v>38</v>
+        <v>162</v>
       </c>
       <c r="D57" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E57" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="F57" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G57">
+        <v>59</v>
+      </c>
+      <c r="G57" t="s">
+        <v>35</v>
+      </c>
+      <c r="H57">
         <v>2012</v>
       </c>
-      <c r="H57"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I57"/>
       <c r="J57" t="s">
-        <v>32</v>
+        <v>163</v>
       </c>
       <c r="K57" t="s">
-        <v>252</v>
+        <v>37</v>
       </c>
       <c r="L57" t="s">
-        <v>242</v>
+        <v>359</v>
       </c>
       <c r="M57" t="s">
-        <v>24</v>
+        <v>343</v>
       </c>
       <c r="N57" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>360</v>
+      </c>
+      <c r="P57" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>254</v>
+        <v>362</v>
       </c>
       <c r="B58" t="s">
-        <v>116</v>
+        <v>363</v>
       </c>
       <c r="C58" t="s">
-        <v>28</v>
+        <v>162</v>
       </c>
       <c r="D58" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="E58" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="F58" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G58">
+        <v>34</v>
+      </c>
+      <c r="G58" t="s">
+        <v>309</v>
+      </c>
+      <c r="H58">
         <v>2021</v>
       </c>
-      <c r="H58"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I58"/>
       <c r="J58" t="s">
-        <v>32</v>
+        <v>364</v>
       </c>
       <c r="K58" t="s">
-        <v>256</v>
+        <v>37</v>
       </c>
       <c r="L58" t="s">
+        <v>365</v>
+      </c>
+      <c r="M58" t="s">
+        <v>366</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>367</v>
+      </c>
+      <c r="P58" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>369</v>
+      </c>
+      <c r="B59" t="s">
+        <v>370</v>
+      </c>
+      <c r="C59" t="s">
         <v>257</v>
       </c>
-      <c r="M58" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D59" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="E59" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="F59" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G59">
+        <v>59</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
         <v>2013</v>
       </c>
-      <c r="H59">
+      <c r="I59">
         <v>2020</v>
       </c>
-      <c r="I59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J59" t="s">
-        <v>32</v>
+        <v>371</v>
       </c>
       <c r="K59" t="s">
-        <v>261</v>
+        <v>37</v>
       </c>
       <c r="L59" t="s">
-        <v>262</v>
+        <v>372</v>
       </c>
       <c r="M59" t="s">
-        <v>24</v>
+        <v>373</v>
       </c>
       <c r="N59" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>374</v>
+      </c>
+      <c r="P59" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>264</v>
+        <v>376</v>
       </c>
       <c r="B60" t="s">
-        <v>265</v>
+        <v>377</v>
       </c>
       <c r="C60" t="s">
-        <v>38</v>
+        <v>378</v>
       </c>
       <c r="D60" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E60" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="F60" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G60">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>35</v>
+      </c>
+      <c r="H60">
         <v>2015</v>
       </c>
-      <c r="H60"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I60"/>
       <c r="J60" t="s">
-        <v>32</v>
+        <v>364</v>
       </c>
       <c r="K60" t="s">
-        <v>266</v>
+        <v>37</v>
       </c>
       <c r="L60" t="s">
-        <v>267</v>
+        <v>379</v>
       </c>
       <c r="M60" t="s">
-        <v>24</v>
+        <v>380</v>
       </c>
       <c r="N60" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>381</v>
+      </c>
+      <c r="P60" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>269</v>
+        <v>383</v>
       </c>
       <c r="B61" t="s">
-        <v>265</v>
+        <v>384</v>
       </c>
       <c r="C61" t="s">
-        <v>38</v>
+        <v>378</v>
       </c>
       <c r="D61" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E61" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="F61" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G61">
+        <v>34</v>
+      </c>
+      <c r="G61" t="s">
+        <v>35</v>
+      </c>
+      <c r="H61">
         <v>2015</v>
       </c>
-      <c r="H61"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I61"/>
       <c r="J61" t="s">
-        <v>32</v>
+        <v>385</v>
       </c>
       <c r="K61" t="s">
-        <v>271</v>
+        <v>37</v>
       </c>
       <c r="L61" t="s">
-        <v>267</v>
+        <v>386</v>
       </c>
       <c r="M61" t="s">
-        <v>24</v>
+        <v>380</v>
       </c>
       <c r="N61" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>387</v>
+      </c>
+      <c r="P61" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>273</v>
+        <v>389</v>
       </c>
       <c r="B62" t="s">
-        <v>41</v>
+        <v>390</v>
       </c>
       <c r="C62" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="D62" t="s">
-        <v>47</v>
+        <v>322</v>
       </c>
       <c r="E62" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="F62" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G62">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>35</v>
+      </c>
+      <c r="H62">
         <v>2014</v>
       </c>
-      <c r="H62"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I62"/>
       <c r="J62" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="K62"/>
+        <v>391</v>
+      </c>
+      <c r="K62" t="s">
+        <v>37</v>
+      </c>
       <c r="L62"/>
-      <c r="M62" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M62"/>
       <c r="N62" t="s">
-        <v>275</v>
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>392</v>
+      </c>
+      <c r="P62" t="s">
+        <v>393</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>