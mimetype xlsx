--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -636,50 +636,53 @@
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
@@ -738,53 +741,50 @@
     <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
     <t>Electric rice cookers</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
     <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
   </si>
   <si>
     <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120216-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81DDAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
 e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
 f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
   </si>
@@ -3502,295 +3502,295 @@
       </c>
       <c r="P30" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>203</v>
       </c>
       <c r="B31" t="s">
         <v>204</v>
       </c>
       <c r="C31" t="s">
         <v>205</v>
       </c>
       <c r="D31" t="s">
         <v>206</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>35</v>
+        <v>207</v>
       </c>
       <c r="H31">
         <v>2017</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K31" t="s">
         <v>37</v>
       </c>
       <c r="L31" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="M31" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="P31" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B32" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C32" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D32" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2016</v>
       </c>
       <c r="I32">
         <v>2019</v>
       </c>
       <c r="J32" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K32" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P32" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B33" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C33" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D33" t="s">
         <v>69</v>
       </c>
       <c r="E33" t="s">
         <v>70</v>
       </c>
       <c r="F33" t="s">
         <v>71</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
       <c r="I33">
         <v>2019</v>
       </c>
       <c r="J33" t="s">
         <v>50</v>
       </c>
       <c r="K33" t="s">
         <v>37</v>
       </c>
       <c r="L33" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="M33" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="P33" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B34" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C34" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D34" t="s">
         <v>33</v>
       </c>
       <c r="E34" t="s">
         <v>70</v>
       </c>
       <c r="F34" t="s">
         <v>71</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2004</v>
       </c>
       <c r="I34">
         <v>2020</v>
       </c>
       <c r="J34" t="s">
         <v>50</v>
       </c>
       <c r="K34" t="s">
         <v>37</v>
       </c>
       <c r="L34" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="M34" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="P34" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B35" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C35" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D35" t="s">
         <v>44</v>
       </c>
       <c r="E35" t="s">
         <v>70</v>
       </c>
       <c r="F35" t="s">
         <v>34</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2006</v>
       </c>
       <c r="I35">
         <v>2008</v>
       </c>
       <c r="J35" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="K35" t="s">
         <v>37</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="P35" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B36" t="s">
         <v>43</v>
       </c>
       <c r="C36" t="s">
         <v>32</v>
       </c>
       <c r="D36" t="s">
         <v>44</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>241</v>
+        <v>207</v>
       </c>
       <c r="H36">
         <v>1989</v>
       </c>
       <c r="I36">
         <v>2017</v>
       </c>
       <c r="J36" t="s">
         <v>242</v>
       </c>
       <c r="K36" t="s">
         <v>37</v>
       </c>
       <c r="L36" t="s">
         <v>45</v>
       </c>
       <c r="M36" t="s">
         <v>243</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
         <v>244</v>
       </c>
@@ -3846,51 +3846,51 @@
       </c>
       <c r="P37" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>255</v>
       </c>
       <c r="B38" t="s">
         <v>31</v>
       </c>
       <c r="C38" t="s">
         <v>32</v>
       </c>
       <c r="D38" t="s">
         <v>33</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>241</v>
+        <v>207</v>
       </c>
       <c r="H38">
         <v>2018</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>242</v>
       </c>
       <c r="K38" t="s">
         <v>37</v>
       </c>
       <c r="L38" t="s">
         <v>38</v>
       </c>
       <c r="M38" t="s">
         <v>256</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
         <v>257</v>
       </c>
       <c r="P38" t="s">
         <v>258</v>
@@ -4367,99 +4367,99 @@
       </c>
       <c r="O48" t="s">
         <v>304</v>
       </c>
       <c r="P48" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>306</v>
       </c>
       <c r="B49" t="s">
         <v>307</v>
       </c>
       <c r="C49" t="s">
         <v>308</v>
       </c>
       <c r="D49" t="s">
         <v>44</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G49" t="s">
         <v>35</v>
       </c>
       <c r="H49">
         <v>2020</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>309</v>
       </c>
       <c r="K49" t="s">
         <v>37</v>
       </c>
       <c r="L49" t="s">
         <v>310</v>
       </c>
       <c r="M49" t="s">
         <v>311</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
         <v>312</v>
       </c>
       <c r="P49" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>314</v>
       </c>
       <c r="B50" t="s">
         <v>315</v>
       </c>
       <c r="C50" t="s">
         <v>316</v>
       </c>
       <c r="D50" t="s">
         <v>57</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2012</v>
       </c>
       <c r="I50">
         <v>2014</v>
       </c>
       <c r="J50" t="s">
         <v>147</v>
       </c>
       <c r="K50" t="s">
         <v>37</v>
       </c>
       <c r="L50" t="s">
         <v>317</v>
       </c>
       <c r="M50" t="s">
         <v>318</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
@@ -4511,51 +4511,51 @@
       </c>
       <c r="O51" t="s">
         <v>326</v>
       </c>
       <c r="P51" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
         <v>328</v>
       </c>
       <c r="B52" t="s">
         <v>329</v>
       </c>
       <c r="C52" t="s">
         <v>330</v>
       </c>
       <c r="D52" t="s">
         <v>331</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2008</v>
       </c>
       <c r="I52">
         <v>2020</v>
       </c>
       <c r="J52" t="s">
         <v>332</v>
       </c>
       <c r="K52" t="s">
         <v>37</v>
       </c>
       <c r="L52" t="s">
         <v>333</v>
       </c>
       <c r="M52" t="s">
         <v>334</v>
       </c>
       <c r="N52" t="s">
         <v>267</v>
       </c>
@@ -4755,199 +4755,199 @@
       </c>
       <c r="O56" t="s">
         <v>347</v>
       </c>
       <c r="P56" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>348</v>
       </c>
       <c r="B57" t="s">
         <v>349</v>
       </c>
       <c r="C57" t="s">
         <v>350</v>
       </c>
       <c r="D57" t="s">
         <v>44</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G57" t="s">
         <v>35</v>
       </c>
       <c r="H57">
         <v>2021</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K57" t="s">
         <v>37</v>
       </c>
       <c r="L57" t="s">
         <v>351</v>
       </c>
       <c r="M57" t="s">
         <v>352</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
         <v>353</v>
       </c>
       <c r="P57" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
         <v>355</v>
       </c>
       <c r="B58"/>
       <c r="C58" t="s">
         <v>153</v>
       </c>
       <c r="D58" t="s">
         <v>69</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2011</v>
       </c>
       <c r="I58">
         <v>2018</v>
       </c>
       <c r="J58" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K58" t="s">
         <v>37</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
         <v>356</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
         <v>357</v>
       </c>
       <c r="P58" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>359</v>
       </c>
       <c r="B59"/>
       <c r="C59" t="s">
         <v>153</v>
       </c>
       <c r="D59" t="s">
         <v>44</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>35</v>
       </c>
       <c r="H59">
         <v>2020</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K59" t="s">
         <v>37</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
         <v>156</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
         <v>360</v>
       </c>
       <c r="P59" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>361</v>
       </c>
       <c r="B60" t="s">
         <v>362</v>
       </c>
       <c r="C60" t="s">
         <v>350</v>
       </c>
       <c r="D60" t="s">
         <v>363</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G60" t="s">
         <v>35</v>
       </c>
       <c r="H60">
         <v>2021</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K60" t="s">
         <v>37</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
         <v>364</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
         <v>365</v>
       </c>
       <c r="P60" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
         <v>367</v>
       </c>
       <c r="B61" t="s">
         <v>368</v>
       </c>
@@ -5081,93 +5081,93 @@
       </c>
       <c r="O63" t="s">
         <v>388</v>
       </c>
       <c r="P63" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>390</v>
       </c>
       <c r="B64" t="s">
         <v>391</v>
       </c>
       <c r="C64" t="s">
         <v>392</v>
       </c>
       <c r="D64" t="s">
         <v>393</v>
       </c>
       <c r="E64" t="s">
         <v>394</v>
       </c>
       <c r="F64" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G64" t="s">
         <v>140</v>
       </c>
       <c r="H64"/>
       <c r="I64"/>
       <c r="J64" t="s">
         <v>395</v>
       </c>
       <c r="K64" t="s">
         <v>37</v>
       </c>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
         <v>396</v>
       </c>
       <c r="P64" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>398</v>
       </c>
       <c r="B65" t="s">
         <v>399</v>
       </c>
       <c r="C65" t="s">
         <v>400</v>
       </c>
       <c r="D65" t="s">
         <v>401</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2017</v>
       </c>
       <c r="I65">
         <v>2021</v>
       </c>
       <c r="J65" t="s">
         <v>309</v>
       </c>
       <c r="K65" t="s">
         <v>402</v>
       </c>
       <c r="L65" t="s">
         <v>403</v>
       </c>
       <c r="M65" t="s">
         <v>404</v>
       </c>
       <c r="N65" t="s">
         <v>267</v>
       </c>
@@ -5223,51 +5223,51 @@
       </c>
       <c r="O66" t="s">
         <v>413</v>
       </c>
       <c r="P66" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
         <v>415</v>
       </c>
       <c r="B67" t="s">
         <v>416</v>
       </c>
       <c r="C67" t="s">
         <v>417</v>
       </c>
       <c r="D67" t="s">
         <v>84</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G67" t="s">
         <v>418</v>
       </c>
       <c r="H67">
         <v>2024</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
         <v>410</v>
       </c>
       <c r="K67" t="s">
         <v>37</v>
       </c>
       <c r="L67" t="s">
         <v>419</v>
       </c>
       <c r="M67" t="s">
         <v>412</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
         <v>420</v>
@@ -5329,51 +5329,51 @@
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>425</v>
       </c>
       <c r="B69" t="s">
         <v>426</v>
       </c>
       <c r="C69" t="s">
         <v>427</v>
       </c>
       <c r="D69" t="s">
         <v>428</v>
       </c>
       <c r="E69" t="s">
         <v>70</v>
       </c>
       <c r="F69" t="s">
         <v>71</v>
       </c>
       <c r="G69" t="s">
         <v>429</v>
       </c>
       <c r="H69"/>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K69" t="s">
         <v>37</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
         <v>430</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
         <v>431</v>
       </c>
       <c r="P69" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
         <v>433</v>
       </c>
       <c r="B70" t="s">
         <v>434</v>
       </c>
@@ -6047,51 +6047,51 @@
         <v>515</v>
       </c>
       <c r="B84" t="s">
         <v>516</v>
       </c>
       <c r="C84" t="s">
         <v>510</v>
       </c>
       <c r="D84" t="s">
         <v>57</v>
       </c>
       <c r="E84" t="s">
         <v>70</v>
       </c>
       <c r="F84" t="s">
         <v>34</v>
       </c>
       <c r="G84" t="s">
         <v>35</v>
       </c>
       <c r="H84">
         <v>2015</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="K84" t="s">
         <v>37</v>
       </c>
       <c r="L84" t="s">
         <v>517</v>
       </c>
       <c r="M84" t="s">
         <v>512</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
         <v>518</v>
       </c>
       <c r="P84" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
         <v>520</v>
       </c>
       <c r="B85" t="s">