--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -774,50 +774,53 @@
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
@@ -897,53 +900,50 @@
     <t>applies to remote refrigerated display cabinets for food sales and display.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
     <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
@@ -1144,69 +1144,69 @@
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
     <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier-0</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
@@ -3916,393 +3916,393 @@
       </c>
       <c r="P37" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>247</v>
       </c>
       <c r="B38" t="s">
         <v>248</v>
       </c>
       <c r="C38" t="s">
         <v>249</v>
       </c>
       <c r="D38" t="s">
         <v>250</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>44</v>
+        <v>251</v>
       </c>
       <c r="H38">
         <v>2017</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>187</v>
       </c>
       <c r="K38" t="s">
         <v>35</v>
       </c>
       <c r="L38" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="M38" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="P38" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B39" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C39" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D39" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2016</v>
       </c>
       <c r="I39">
         <v>2019</v>
       </c>
       <c r="J39" t="s">
         <v>187</v>
       </c>
       <c r="K39" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="P39" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B40" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C40" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D40" t="s">
         <v>95</v>
       </c>
       <c r="E40" t="s">
         <v>96</v>
       </c>
       <c r="F40" t="s">
         <v>97</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2012</v>
       </c>
       <c r="I40">
         <v>2019</v>
       </c>
       <c r="J40" t="s">
         <v>98</v>
       </c>
       <c r="K40" t="s">
         <v>35</v>
       </c>
       <c r="L40" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="M40" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="P40" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B41" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C41" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D41" t="s">
         <v>52</v>
       </c>
       <c r="E41" t="s">
         <v>96</v>
       </c>
       <c r="F41" t="s">
         <v>97</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2004</v>
       </c>
       <c r="I41">
         <v>2020</v>
       </c>
       <c r="J41" t="s">
         <v>98</v>
       </c>
       <c r="K41" t="s">
         <v>35</v>
       </c>
       <c r="L41" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="M41" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="P41" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B42" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C42" t="s">
         <v>184</v>
       </c>
       <c r="D42" t="s">
         <v>33</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="G42" t="s">
         <v>44</v>
       </c>
       <c r="H42">
         <v>2023</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="K42" t="s">
         <v>35</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="P42" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B43" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C43" t="s">
         <v>42</v>
       </c>
       <c r="D43" t="s">
         <v>33</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2011</v>
       </c>
       <c r="I43">
         <v>2012</v>
       </c>
       <c r="J43" t="s">
         <v>98</v>
       </c>
       <c r="K43" t="s">
         <v>35</v>
       </c>
       <c r="L43" t="s">
         <v>58</v>
       </c>
       <c r="M43" t="s">
         <v>47</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="P43" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B44" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C44" t="s">
         <v>42</v>
       </c>
       <c r="D44" t="s">
         <v>33</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2011</v>
       </c>
       <c r="I44">
         <v>2017</v>
       </c>
       <c r="J44" t="s">
         <v>98</v>
       </c>
       <c r="K44" t="s">
         <v>35</v>
       </c>
       <c r="L44" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="M44" t="s">
         <v>47</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="P44" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B45" t="s">
         <v>51</v>
       </c>
       <c r="C45" t="s">
         <v>42</v>
       </c>
       <c r="D45" t="s">
         <v>52</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>292</v>
+        <v>251</v>
       </c>
       <c r="H45">
         <v>2018</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>293</v>
       </c>
       <c r="K45" t="s">
         <v>35</v>
       </c>
       <c r="L45" t="s">
         <v>53</v>
       </c>
       <c r="M45" t="s">
         <v>294</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
         <v>295</v>
       </c>
       <c r="P45" t="s">
         <v>296</v>
@@ -4781,151 +4781,151 @@
       </c>
       <c r="O55" t="s">
         <v>346</v>
       </c>
       <c r="P55" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>348</v>
       </c>
       <c r="B56" t="s">
         <v>349</v>
       </c>
       <c r="C56" t="s">
         <v>350</v>
       </c>
       <c r="D56" t="s">
         <v>33</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2007</v>
       </c>
       <c r="I56">
         <v>2012</v>
       </c>
       <c r="J56" t="s">
         <v>193</v>
       </c>
       <c r="K56" t="s">
         <v>35</v>
       </c>
       <c r="L56" t="s">
         <v>351</v>
       </c>
       <c r="M56" t="s">
         <v>352</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
         <v>353</v>
       </c>
       <c r="P56" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>355</v>
       </c>
       <c r="B57" t="s">
         <v>356</v>
       </c>
       <c r="C57" t="s">
         <v>350</v>
       </c>
       <c r="D57" t="s">
         <v>77</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2012</v>
       </c>
       <c r="I57">
         <v>2014</v>
       </c>
       <c r="J57" t="s">
         <v>193</v>
       </c>
       <c r="K57" t="s">
         <v>35</v>
       </c>
       <c r="L57" t="s">
         <v>357</v>
       </c>
       <c r="M57" t="s">
         <v>352</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
         <v>358</v>
       </c>
       <c r="P57" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
         <v>359</v>
       </c>
       <c r="B58" t="s">
         <v>360</v>
       </c>
       <c r="C58" t="s">
         <v>361</v>
       </c>
       <c r="D58" t="s">
         <v>362</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2008</v>
       </c>
       <c r="I58">
         <v>2020</v>
       </c>
       <c r="J58" t="s">
         <v>363</v>
       </c>
       <c r="K58" t="s">
         <v>35</v>
       </c>
       <c r="L58" t="s">
         <v>364</v>
       </c>
       <c r="M58" t="s">
         <v>365</v>
       </c>
       <c r="N58" t="s">
         <v>65</v>
       </c>
@@ -4937,51 +4937,51 @@
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>368</v>
       </c>
       <c r="B59" t="s">
         <v>369</v>
       </c>
       <c r="C59" t="s">
         <v>370</v>
       </c>
       <c r="D59" t="s">
         <v>371</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>43</v>
       </c>
       <c r="G59" t="s">
         <v>44</v>
       </c>
       <c r="H59">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
         <v>372</v>
       </c>
       <c r="K59" t="s">
         <v>35</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
         <v>373</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
         <v>374</v>
       </c>
       <c r="P59" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>376</v>
@@ -5407,101 +5407,101 @@
       </c>
       <c r="O68" t="s">
         <v>418</v>
       </c>
       <c r="P68" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>420</v>
       </c>
       <c r="B69" t="s">
         <v>421</v>
       </c>
       <c r="C69" t="s">
         <v>422</v>
       </c>
       <c r="D69" t="s">
         <v>423</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2017</v>
       </c>
       <c r="I69">
         <v>2021</v>
       </c>
       <c r="J69" t="s">
         <v>424</v>
       </c>
       <c r="K69" t="s">
         <v>425</v>
       </c>
       <c r="L69" t="s">
         <v>426</v>
       </c>
       <c r="M69" t="s">
         <v>427</v>
       </c>
       <c r="N69" t="s">
         <v>65</v>
       </c>
       <c r="O69" t="s">
         <v>428</v>
       </c>
       <c r="P69" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
         <v>430</v>
       </c>
       <c r="B70" t="s">
         <v>431</v>
       </c>
       <c r="C70" t="s">
         <v>432</v>
       </c>
       <c r="D70" t="s">
         <v>121</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="G70" t="s">
         <v>433</v>
       </c>
       <c r="H70">
         <v>2024</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
         <v>434</v>
       </c>
       <c r="K70" t="s">
         <v>35</v>
       </c>
       <c r="L70" t="s">
         <v>435</v>
       </c>
       <c r="M70" t="s">
         <v>436</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
         <v>437</v>
@@ -5555,51 +5555,51 @@
       </c>
       <c r="O71" t="s">
         <v>441</v>
       </c>
       <c r="P71" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
         <v>443</v>
       </c>
       <c r="B72" t="s">
         <v>444</v>
       </c>
       <c r="C72" t="s">
         <v>445</v>
       </c>
       <c r="D72" t="s">
         <v>446</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="G72" t="s">
         <v>44</v>
       </c>
       <c r="H72">
         <v>2019</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>447</v>
       </c>
       <c r="K72" t="s">
         <v>35</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
         <v>448</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
         <v>449</v>
       </c>
       <c r="P72" t="s">
@@ -5787,51 +5787,51 @@
       </c>
       <c r="O76" t="s">
         <v>475</v>
       </c>
       <c r="P76" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
         <v>477</v>
       </c>
       <c r="B77" t="s">
         <v>478</v>
       </c>
       <c r="C77" t="s">
         <v>453</v>
       </c>
       <c r="D77" t="s">
         <v>415</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2008</v>
       </c>
       <c r="I77">
         <v>2014</v>
       </c>
       <c r="J77" t="s">
         <v>243</v>
       </c>
       <c r="K77" t="s">
         <v>35</v>
       </c>
       <c r="L77" t="s">
         <v>479</v>
       </c>
       <c r="M77" t="s">
         <v>480</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>