--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,547 +12,701 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>CEL- Air Cleaners</t>
   </si>
   <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
+  </si>
+  <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
-    <t>October 2025</t>
+    <t>This standard revised minimum energy performance standards and grades for air cleaners:
+ — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
+— Air cleaners with functions for removing particulate matter and gaseous pollutants;
+— Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners above 65kW) Determination) 2022</t>
   </si>
   <si>
+    <t>The products covered by this Determination are air‑to‑air single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of more than 65kW. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less are covered by the Air Conditioners up to 65kW Determination. This policy covers product classes 24-27.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-air-conditioners-above-65kw-determination-2022</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00182</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners up to 65kW) Determination 2019</t>
   </si>
   <si>
+    <t>The products covered by this Determination are single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units;  that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of greater than 65kW are expected to be covered by another GEMS determination.</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 3823.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-air-conditioners-65kw-determination-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2019L00490</t>
+  </si>
+  <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Packaged Terminals</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers-0</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -816,1173 +970,1326 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N25"/>
+  <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="231" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="231.086" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="792.664" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...37 lines deleted...]
-      <c r="B4" t="s">
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...30 lines deleted...]
-      <c r="N4" t="s">
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
         <v>41</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" t="s">
+      <c r="D7" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
-[...36 lines deleted...]
-      <c r="A6" t="s">
+      <c r="E7" t="s">
+        <v>64</v>
+      </c>
+      <c r="F7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2017</v>
+      </c>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
         <v>42</v>
       </c>
-      <c r="B6" t="s">
-[...37 lines deleted...]
-      <c r="B7" t="s">
+      <c r="E8" t="s">
+        <v>64</v>
+      </c>
+      <c r="F8" t="s">
+        <v>65</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
         <v>34</v>
       </c>
-      <c r="C7" t="s">
-[...69 lines deleted...]
-      </c>
       <c r="L8" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="N8" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="B9" t="s">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="C9" t="s">
-        <v>35</v>
+        <v>79</v>
       </c>
       <c r="D9" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="E9" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>65</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2011</v>
       </c>
-      <c r="I9" t="s">
-        <v>54</v>
+      <c r="I9">
+        <v>2011</v>
       </c>
       <c r="J9" t="s">
-        <v>29</v>
+        <v>66</v>
       </c>
       <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" t="s">
+        <v>42</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>87</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>94</v>
+      </c>
+      <c r="D11" t="s">
+        <v>42</v>
+      </c>
+      <c r="E11" t="s">
         <v>64</v>
       </c>
-      <c r="L9" t="s">
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>95</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" t="s">
+        <v>97</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>98</v>
+      </c>
+      <c r="P11" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>100</v>
+      </c>
+      <c r="B12" t="s">
+        <v>101</v>
+      </c>
+      <c r="C12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>104</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>105</v>
+      </c>
+      <c r="K12" t="s">
+        <v>106</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>107</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>112</v>
+      </c>
+      <c r="D13" t="s">
+        <v>42</v>
+      </c>
+      <c r="E13" t="s">
+        <v>64</v>
+      </c>
+      <c r="F13" t="s">
         <v>65</v>
       </c>
-      <c r="M9" t="s">
-[...19 lines deleted...]
-      <c r="E10" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2004</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>73</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>113</v>
+      </c>
+      <c r="M13" t="s">
+        <v>114</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>115</v>
+      </c>
+      <c r="P13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C14" t="s">
+        <v>41</v>
+      </c>
+      <c r="D14" t="s">
+        <v>42</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>118</v>
+      </c>
+      <c r="H14">
+        <v>2018</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>119</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>46</v>
+      </c>
+      <c r="M14" t="s">
+        <v>120</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>121</v>
+      </c>
+      <c r="P14" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
+        <v>124</v>
+      </c>
+      <c r="C15" t="s">
+        <v>41</v>
+      </c>
+      <c r="D15" t="s">
+        <v>42</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2018</v>
+      </c>
+      <c r="I15">
+        <v>2024</v>
+      </c>
+      <c r="J15" t="s">
+        <v>119</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>125</v>
+      </c>
+      <c r="M15" t="s">
+        <v>126</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>127</v>
+      </c>
+      <c r="P15" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>129</v>
+      </c>
+      <c r="B16" t="s">
+        <v>130</v>
+      </c>
+      <c r="C16" t="s">
+        <v>41</v>
+      </c>
+      <c r="D16" t="s">
+        <v>42</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>44</v>
+      </c>
+      <c r="H16">
+        <v>2020</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>45</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>131</v>
+      </c>
+      <c r="M16" t="s">
+        <v>120</v>
+      </c>
+      <c r="N16" t="s">
         <v>36</v>
       </c>
-      <c r="F10" t="s">
-[...47 lines deleted...]
-      <c r="H11">
+      <c r="O16" t="s">
+        <v>132</v>
+      </c>
+      <c r="P16" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>134</v>
+      </c>
+      <c r="B17" t="s">
+        <v>135</v>
+      </c>
+      <c r="C17" t="s">
+        <v>136</v>
+      </c>
+      <c r="D17" t="s">
+        <v>137</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>44</v>
+      </c>
+      <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>138</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>139</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>140</v>
+      </c>
+      <c r="P17" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>142</v>
+      </c>
+      <c r="B18" t="s">
+        <v>143</v>
+      </c>
+      <c r="C18" t="s">
+        <v>136</v>
+      </c>
+      <c r="D18" t="s">
+        <v>137</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>104</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18">
         <v>2019</v>
       </c>
-      <c r="I11" t="s">
-[...50 lines deleted...]
-      <c r="L12" t="s">
+      <c r="J18" t="s">
+        <v>144</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>145</v>
+      </c>
+      <c r="M18" t="s">
+        <v>139</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>146</v>
+      </c>
+      <c r="P18" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>148</v>
+      </c>
+      <c r="B19" t="s">
         <v>85</v>
       </c>
-      <c r="M12" t="s">
-[...2 lines deleted...]
-      <c r="N12" t="s">
+      <c r="C19" t="s">
         <v>86</v>
       </c>
-    </row>
-[...265 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2011</v>
       </c>
-      <c r="I19" t="s">
-        <v>69</v>
+      <c r="I19">
+        <v>2011</v>
       </c>
       <c r="J19" t="s">
-        <v>29</v>
+        <v>87</v>
       </c>
       <c r="K19" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="L19" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="M19" t="s">
+        <v>89</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>149</v>
+      </c>
+      <c r="P19" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>151</v>
+      </c>
+      <c r="B20" t="s">
+        <v>152</v>
+      </c>
+      <c r="C20" t="s">
+        <v>153</v>
+      </c>
+      <c r="D20" t="s">
+        <v>154</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>104</v>
+      </c>
+      <c r="G20" t="s">
+        <v>155</v>
+      </c>
+      <c r="H20">
+        <v>2025</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>156</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>157</v>
+      </c>
+      <c r="M20" t="s">
+        <v>158</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>159</v>
+      </c>
+      <c r="P20" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B21" t="s">
+        <v>162</v>
+      </c>
+      <c r="C21" t="s">
+        <v>163</v>
+      </c>
+      <c r="D21" t="s">
+        <v>164</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>165</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1982</v>
+      </c>
+      <c r="I21">
+        <v>2024</v>
+      </c>
+      <c r="J21" t="s">
+        <v>166</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N19" t="s">
-[...79 lines deleted...]
-      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>128</v>
+        <v>167</v>
       </c>
       <c r="N21" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>168</v>
+      </c>
+      <c r="O21" t="s">
+        <v>169</v>
+      </c>
+      <c r="P21" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>130</v>
+        <v>171</v>
       </c>
       <c r="B22" t="s">
-        <v>116</v>
+        <v>172</v>
       </c>
       <c r="C22" t="s">
-        <v>131</v>
+        <v>153</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>173</v>
       </c>
       <c r="E22" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G22">
+        <v>104</v>
+      </c>
+      <c r="G22" t="s">
+        <v>174</v>
+      </c>
+      <c r="H22">
         <v>2002</v>
       </c>
-      <c r="H22">
+      <c r="I22">
         <v>2007</v>
       </c>
-      <c r="I22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>29</v>
+        <v>144</v>
       </c>
       <c r="K22" t="s">
-        <v>132</v>
+        <v>34</v>
       </c>
       <c r="L22" t="s">
-        <v>120</v>
+        <v>175</v>
       </c>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="N22" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>176</v>
+      </c>
+      <c r="P22" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>134</v>
+        <v>178</v>
       </c>
       <c r="B23" t="s">
-        <v>74</v>
+        <v>179</v>
       </c>
       <c r="C23" t="s">
-        <v>135</v>
+        <v>94</v>
       </c>
       <c r="D23" t="s">
-        <v>52</v>
+        <v>180</v>
       </c>
       <c r="E23" t="s">
+        <v>64</v>
+      </c>
+      <c r="F23" t="s">
+        <v>65</v>
+      </c>
+      <c r="G23" t="s">
+        <v>44</v>
+      </c>
+      <c r="H23">
+        <v>2014</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>181</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>182</v>
+      </c>
+      <c r="M23" t="s">
+        <v>183</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>184</v>
+      </c>
+      <c r="P23" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>186</v>
+      </c>
+      <c r="B24" t="s">
+        <v>187</v>
+      </c>
+      <c r="C24" t="s">
+        <v>94</v>
+      </c>
+      <c r="D24" t="s">
+        <v>42</v>
+      </c>
+      <c r="E24" t="s">
+        <v>64</v>
+      </c>
+      <c r="F24" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" t="s">
+        <v>155</v>
+      </c>
+      <c r="H24">
+        <v>2021</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>144</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>188</v>
+      </c>
+      <c r="M24" t="s">
+        <v>189</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>190</v>
+      </c>
+      <c r="P24" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>192</v>
+      </c>
+      <c r="B25" t="s">
+        <v>193</v>
+      </c>
+      <c r="C25" t="s">
+        <v>194</v>
+      </c>
+      <c r="D25" t="s">
         <v>53</v>
       </c>
-      <c r="F23" t="s">
-[...74 lines deleted...]
-      <c r="C25" t="s">
+      <c r="E25" t="s">
+        <v>64</v>
+      </c>
+      <c r="F25" t="s">
+        <v>43</v>
+      </c>
+      <c r="G25" t="s">
         <v>44</v>
       </c>
-      <c r="D25" t="s">
-[...8 lines deleted...]
-      <c r="G25">
+      <c r="H25">
         <v>2006</v>
       </c>
-      <c r="H25"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>29</v>
+        <v>195</v>
       </c>
       <c r="K25" t="s">
-        <v>147</v>
+        <v>34</v>
       </c>
       <c r="L25" t="s">
-        <v>148</v>
+        <v>196</v>
       </c>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>197</v>
       </c>
       <c r="N25" t="s">
-        <v>149</v>
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>198</v>
+      </c>
+      <c r="P25" t="s">
+        <v>199</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>