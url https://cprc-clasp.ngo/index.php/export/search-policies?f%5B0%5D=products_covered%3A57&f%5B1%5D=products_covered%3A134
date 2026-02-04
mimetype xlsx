--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,481 +12,617 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>CEL- Air Cleaners</t>
   </si>
   <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
+  </si>
+  <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
-    <t>October 2025</t>
+    <t>This standard revised minimum energy performance standards and grades for air cleaners:
+ — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
+— Air cleaners with functions for removing particulate matter and gaseous pollutants;
+— Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers-0</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-flushing-urinals</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -750,1053 +886,1188 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="169" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="169.816" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...18 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
         <v>32</v>
       </c>
-      <c r="K3" t="s">
+      <c r="D6" t="s">
         <v>33</v>
       </c>
-      <c r="L3" t="s">
-[...13 lines deleted...]
-      <c r="B4" t="s">
+      <c r="E6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
-[...116 lines deleted...]
-      <c r="N6" t="s">
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
         <v>53</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" t="s">
+      <c r="F7" t="s">
         <v>54</v>
       </c>
-      <c r="B7" t="s">
-[...15 lines deleted...]
-        <v>2011</v>
+      <c r="G7" t="s">
+        <v>22</v>
       </c>
       <c r="H7">
         <v>2011</v>
       </c>
-      <c r="I7" t="s">
+      <c r="I7">
+        <v>2011</v>
+      </c>
+      <c r="J7" t="s">
+        <v>55</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>77</v>
+      </c>
+      <c r="M8" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>84</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>85</v>
+      </c>
+      <c r="M9" t="s">
+        <v>86</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" t="s">
+        <v>91</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>53</v>
+      </c>
+      <c r="F10" t="s">
+        <v>54</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2004</v>
+      </c>
+      <c r="I10">
+        <v>2020</v>
+      </c>
+      <c r="J10" t="s">
+        <v>62</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
+        <v>99</v>
+      </c>
+      <c r="E11" t="s">
+        <v>53</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>45</v>
+      </c>
+      <c r="K11" t="s">
         <v>46</v>
       </c>
-      <c r="J7" t="s">
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>48</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
         <v>32</v>
       </c>
-      <c r="K7" t="s">
-[...38 lines deleted...]
-      <c r="J8" t="s">
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>62</v>
+      </c>
+      <c r="K12" t="s">
+        <v>46</v>
+      </c>
+      <c r="L12" t="s">
+        <v>105</v>
+      </c>
+      <c r="M12" t="s">
+        <v>106</v>
+      </c>
+      <c r="N12" t="s">
+        <v>48</v>
+      </c>
+      <c r="O12" t="s">
+        <v>107</v>
+      </c>
+      <c r="P12" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>109</v>
+      </c>
+      <c r="B13" t="s">
+        <v>31</v>
+      </c>
+      <c r="C13" t="s">
         <v>32</v>
       </c>
-      <c r="K8" t="s">
-[...40 lines deleted...]
-      <c r="J9" t="s">
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>110</v>
+      </c>
+      <c r="H13">
+        <v>2018</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>111</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>38</v>
+      </c>
+      <c r="M13" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
         <v>32</v>
       </c>
-      <c r="K9" t="s">
-[...34 lines deleted...]
-      <c r="H10">
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2018</v>
+      </c>
+      <c r="I14">
+        <v>2024</v>
+      </c>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>116</v>
+      </c>
+      <c r="M14" t="s">
+        <v>117</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>118</v>
+      </c>
+      <c r="P14" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B15" t="s">
+        <v>121</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
         <v>2020</v>
       </c>
-      <c r="I10" t="s">
-[...14 lines deleted...]
-      <c r="N10" t="s">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>36</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>122</v>
+      </c>
+      <c r="M15" t="s">
+        <v>106</v>
+      </c>
+      <c r="N15" t="s">
+        <v>123</v>
+      </c>
+      <c r="O15" t="s">
+        <v>124</v>
+      </c>
+      <c r="P15" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
         <v>75</v>
-      </c>
-[...223 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D16" t="s">
         <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G16">
+        <v>54</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2006</v>
       </c>
-      <c r="H16">
+      <c r="I16">
         <v>2015</v>
       </c>
-      <c r="I16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J16" t="s">
-        <v>39</v>
+        <v>128</v>
       </c>
       <c r="K16" t="s">
-        <v>98</v>
+        <v>46</v>
       </c>
       <c r="L16" t="s">
-        <v>99</v>
+        <v>129</v>
       </c>
       <c r="M16" t="s">
-        <v>41</v>
+        <v>130</v>
       </c>
       <c r="N16" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>48</v>
+      </c>
+      <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>101</v>
+        <v>133</v>
       </c>
       <c r="B17" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="C17" t="s">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2011</v>
       </c>
-      <c r="I17" t="s">
-        <v>61</v>
+      <c r="I17">
+        <v>2011</v>
       </c>
       <c r="J17" t="s">
-        <v>32</v>
+        <v>76</v>
       </c>
       <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>77</v>
+      </c>
+      <c r="M17" t="s">
+        <v>78</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>134</v>
+      </c>
+      <c r="P17" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>136</v>
+      </c>
+      <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
+        <v>83</v>
+      </c>
+      <c r="D18" t="s">
+        <v>138</v>
+      </c>
+      <c r="E18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" t="s">
+        <v>54</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>139</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>140</v>
+      </c>
+      <c r="M18" t="s">
+        <v>141</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>142</v>
+      </c>
+      <c r="P18" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>144</v>
+      </c>
+      <c r="B19" t="s">
+        <v>145</v>
+      </c>
+      <c r="C19" t="s">
+        <v>83</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>53</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>146</v>
+      </c>
+      <c r="H19">
+        <v>2021</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>147</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>148</v>
+      </c>
+      <c r="M19" t="s">
+        <v>149</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>150</v>
+      </c>
+      <c r="P19" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>152</v>
+      </c>
+      <c r="B20" t="s">
+        <v>153</v>
+      </c>
+      <c r="C20" t="s">
+        <v>154</v>
+      </c>
+      <c r="D20" t="s">
+        <v>155</v>
+      </c>
+      <c r="E20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20">
+        <v>2016</v>
+      </c>
+      <c r="J20" t="s">
+        <v>128</v>
+      </c>
+      <c r="K20" t="s">
+        <v>46</v>
+      </c>
+      <c r="L20" t="s">
+        <v>156</v>
+      </c>
+      <c r="M20" t="s">
+        <v>157</v>
+      </c>
+      <c r="N20" t="s">
+        <v>48</v>
+      </c>
+      <c r="O20" t="s">
+        <v>158</v>
+      </c>
+      <c r="P20" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>160</v>
+      </c>
+      <c r="B21" t="s">
+        <v>161</v>
+      </c>
+      <c r="C21" t="s">
+        <v>162</v>
+      </c>
+      <c r="D21" t="s">
+        <v>163</v>
+      </c>
+      <c r="E21" t="s">
+        <v>53</v>
+      </c>
+      <c r="F21" t="s">
+        <v>54</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
+        <v>2017</v>
+      </c>
+      <c r="J21" t="s">
         <v>62</v>
       </c>
-      <c r="L17" t="s">
-[...171 lines deleted...]
-      </c>
+      <c r="K21" t="s">
+        <v>46</v>
+      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>41</v>
+        <v>164</v>
       </c>
       <c r="N21" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>48</v>
+      </c>
+      <c r="O21" t="s">
+        <v>165</v>
+      </c>
+      <c r="P21" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>125</v>
+        <v>167</v>
       </c>
       <c r="B22" t="s">
-        <v>15</v>
+        <v>168</v>
       </c>
       <c r="C22" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D22" t="s">
         <v>44</v>
       </c>
       <c r="E22" t="s">
-        <v>126</v>
+        <v>53</v>
       </c>
       <c r="F22" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G22">
+        <v>169</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22">
         <v>2009</v>
       </c>
-      <c r="H22"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>39</v>
+        <v>128</v>
       </c>
       <c r="K22" t="s">
-        <v>127</v>
+        <v>46</v>
       </c>
       <c r="L22" t="s">
-        <v>128</v>
+        <v>170</v>
       </c>
       <c r="M22" t="s">
-        <v>41</v>
+        <v>171</v>
       </c>
       <c r="N22" t="s">
-        <v>129</v>
+        <v>48</v>
+      </c>
+      <c r="O22" t="s">
+        <v>172</v>
+      </c>
+      <c r="P22" t="s">
+        <v>173</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>