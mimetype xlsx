--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,784 +12,1020 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="307">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CEL- Air Cleaners</t>
   </si>
   <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
+  </si>
+  <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
-    <t>October 2025</t>
+    <t>This standard revised minimum energy performance standards and grades for air cleaners:
+ — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
+— Air cleaners with functions for removing particulate matter and gaseous pollutants;
+— Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>IEC TS 62257-9-8  Quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>This quality standard will apply to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>L'Office Congolais de Contrôle (OCC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62257-9-8-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers-0</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1053,2055 +1289,2322 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N46"/>
+  <dimension ref="A1:P46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="271" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="701.829" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>38</v>
+      </c>
+      <c r="L3" t="s">
+        <v>39</v>
+      </c>
+      <c r="M3" t="s">
+        <v>40</v>
+      </c>
+      <c r="N3" t="s">
+        <v>41</v>
+      </c>
+      <c r="O3" t="s">
+        <v>42</v>
+      </c>
+      <c r="P3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D4" t="s">
+        <v>47</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>48</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>49</v>
+      </c>
+      <c r="K4" t="s">
+        <v>38</v>
+      </c>
+      <c r="L4" t="s">
+        <v>50</v>
+      </c>
+      <c r="M4" t="s">
+        <v>51</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>52</v>
+      </c>
+      <c r="P4" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C5" t="s">
+        <v>56</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5">
+        <v>2016</v>
+      </c>
+      <c r="J5" t="s">
+        <v>57</v>
+      </c>
+      <c r="K5" t="s">
+        <v>58</v>
+      </c>
+      <c r="L5" t="s">
+        <v>59</v>
+      </c>
+      <c r="M5" t="s">
+        <v>60</v>
+      </c>
+      <c r="N5" t="s">
+        <v>41</v>
+      </c>
+      <c r="O5" t="s">
+        <v>61</v>
+      </c>
+      <c r="P5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>63</v>
+      </c>
+      <c r="B6" t="s">
+        <v>64</v>
+      </c>
+      <c r="C6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>65</v>
+      </c>
+      <c r="F6" t="s">
+        <v>66</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2017</v>
+      </c>
+      <c r="J6" t="s">
+        <v>67</v>
+      </c>
+      <c r="K6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L6" t="s">
+        <v>68</v>
+      </c>
+      <c r="M6" t="s">
+        <v>69</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...18 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O6" t="s">
+        <v>70</v>
+      </c>
+      <c r="P6" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>72</v>
+      </c>
+      <c r="B7" t="s">
+        <v>73</v>
+      </c>
+      <c r="C7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D7" t="s">
+        <v>47</v>
+      </c>
+      <c r="E7" t="s">
+        <v>65</v>
+      </c>
+      <c r="F7" t="s">
+        <v>66</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>74</v>
+      </c>
+      <c r="K7" t="s">
+        <v>38</v>
+      </c>
+      <c r="L7" t="s">
+        <v>75</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>76</v>
+      </c>
+      <c r="P7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C8" t="s">
+        <v>80</v>
+      </c>
+      <c r="D8" t="s">
         <v>33</v>
       </c>
-      <c r="K3" t="s">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>35</v>
+      </c>
+      <c r="G8" t="s">
+        <v>36</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>81</v>
+      </c>
+      <c r="K8" t="s">
+        <v>58</v>
+      </c>
+      <c r="L8" t="s">
+        <v>59</v>
+      </c>
+      <c r="M8" t="s">
+        <v>82</v>
+      </c>
+      <c r="N8" t="s">
+        <v>41</v>
+      </c>
+      <c r="O8" t="s">
+        <v>83</v>
+      </c>
+      <c r="P8" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>85</v>
+      </c>
+      <c r="B9" t="s">
+        <v>86</v>
+      </c>
+      <c r="C9" t="s">
+        <v>87</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
         <v>34</v>
       </c>
-      <c r="L3" t="s">
+      <c r="F9" t="s">
+        <v>88</v>
+      </c>
+      <c r="G9" t="s">
+        <v>36</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>89</v>
+      </c>
+      <c r="K9" t="s">
+        <v>90</v>
+      </c>
+      <c r="L9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M9" t="s">
+        <v>91</v>
+      </c>
+      <c r="N9" t="s">
+        <v>41</v>
+      </c>
+      <c r="O9" t="s">
+        <v>92</v>
+      </c>
+      <c r="P9" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>94</v>
+      </c>
+      <c r="B10" t="s">
+        <v>95</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>35</v>
       </c>
-      <c r="M3" t="s">
-[...52 lines deleted...]
-      <c r="B5" t="s">
+      <c r="G10" t="s">
+        <v>96</v>
+      </c>
+      <c r="H10">
+        <v>2023</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>97</v>
+      </c>
+      <c r="K10" t="s">
+        <v>58</v>
+      </c>
+      <c r="L10" t="s">
+        <v>98</v>
+      </c>
+      <c r="M10" t="s">
+        <v>99</v>
+      </c>
+      <c r="N10" t="s">
+        <v>100</v>
+      </c>
+      <c r="O10" t="s">
+        <v>101</v>
+      </c>
+      <c r="P10" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>103</v>
+      </c>
+      <c r="B11" t="s">
+        <v>104</v>
+      </c>
+      <c r="C11" t="s">
+        <v>105</v>
+      </c>
+      <c r="D11" t="s">
         <v>47</v>
       </c>
-      <c r="C5" t="s">
-[...128 lines deleted...]
-      <c r="B8" t="s">
+      <c r="E11" t="s">
         <v>65</v>
       </c>
-      <c r="C8" t="s">
-[...15 lines deleted...]
-      <c r="I8" t="s">
+      <c r="F11" t="s">
         <v>66</v>
       </c>
-      <c r="J8" t="s">
-[...119 lines deleted...]
-        <v>2011</v>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2011</v>
       </c>
-      <c r="I11" t="s">
+      <c r="I11">
+        <v>2011</v>
+      </c>
+      <c r="J11" t="s">
+        <v>67</v>
+      </c>
+      <c r="K11" t="s">
+        <v>38</v>
+      </c>
+      <c r="L11" t="s">
+        <v>106</v>
+      </c>
+      <c r="M11" t="s">
+        <v>107</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>108</v>
+      </c>
+      <c r="P11" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>110</v>
+      </c>
+      <c r="B12" t="s">
+        <v>111</v>
+      </c>
+      <c r="C12" t="s">
+        <v>112</v>
+      </c>
+      <c r="D12" t="s">
+        <v>47</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>48</v>
+      </c>
+      <c r="G12" t="s">
+        <v>36</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>113</v>
+      </c>
+      <c r="K12" t="s">
+        <v>38</v>
+      </c>
+      <c r="L12" t="s">
+        <v>114</v>
+      </c>
+      <c r="M12" t="s">
+        <v>115</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>116</v>
+      </c>
+      <c r="P12" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>118</v>
+      </c>
+      <c r="B13" t="s">
+        <v>119</v>
+      </c>
+      <c r="C13" t="s">
+        <v>120</v>
+      </c>
+      <c r="D13" t="s">
+        <v>47</v>
+      </c>
+      <c r="E13" t="s">
+        <v>65</v>
+      </c>
+      <c r="F13" t="s">
+        <v>48</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>89</v>
+      </c>
+      <c r="K13" t="s">
+        <v>38</v>
+      </c>
+      <c r="L13" t="s">
+        <v>121</v>
+      </c>
+      <c r="M13" t="s">
+        <v>122</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>123</v>
+      </c>
+      <c r="P13" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B14" t="s">
+        <v>126</v>
+      </c>
+      <c r="C14" t="s">
+        <v>127</v>
+      </c>
+      <c r="D14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E14" t="s">
+        <v>65</v>
+      </c>
+      <c r="F14" t="s">
+        <v>66</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2004</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>74</v>
+      </c>
+      <c r="K14" t="s">
+        <v>38</v>
+      </c>
+      <c r="L14" t="s">
+        <v>128</v>
+      </c>
+      <c r="M14" t="s">
+        <v>129</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>130</v>
+      </c>
+      <c r="P14" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>132</v>
+      </c>
+      <c r="B15" t="s">
+        <v>133</v>
+      </c>
+      <c r="C15" t="s">
         <v>56</v>
       </c>
-      <c r="J11" t="s">
+      <c r="D15" t="s">
         <v>33</v>
       </c>
-      <c r="K11" t="s">
-[...25 lines deleted...]
-      <c r="E12" t="s">
+      <c r="E15" t="s">
+        <v>65</v>
+      </c>
+      <c r="F15" t="s">
+        <v>35</v>
+      </c>
+      <c r="G15" t="s">
+        <v>36</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>57</v>
+      </c>
+      <c r="K15" t="s">
+        <v>58</v>
+      </c>
+      <c r="L15" t="s">
+        <v>59</v>
+      </c>
+      <c r="M15" t="s">
+        <v>60</v>
+      </c>
+      <c r="N15" t="s">
         <v>41</v>
       </c>
-      <c r="F12" t="s">
+      <c r="O15" t="s">
+        <v>134</v>
+      </c>
+      <c r="P15" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>136</v>
+      </c>
+      <c r="B16" t="s">
+        <v>137</v>
+      </c>
+      <c r="C16" t="s">
+        <v>56</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>35</v>
+      </c>
+      <c r="G16" t="s">
+        <v>36</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>89</v>
+      </c>
+      <c r="K16" t="s">
+        <v>58</v>
+      </c>
+      <c r="L16" t="s">
+        <v>59</v>
+      </c>
+      <c r="M16" t="s">
+        <v>60</v>
+      </c>
+      <c r="N16" t="s">
+        <v>41</v>
+      </c>
+      <c r="O16" t="s">
+        <v>138</v>
+      </c>
+      <c r="P16"/>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>139</v>
+      </c>
+      <c r="B17" t="s">
+        <v>45</v>
+      </c>
+      <c r="C17" t="s">
+        <v>46</v>
+      </c>
+      <c r="D17" t="s">
+        <v>47</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>140</v>
+      </c>
+      <c r="H17">
+        <v>2018</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>141</v>
+      </c>
+      <c r="K17" t="s">
+        <v>38</v>
+      </c>
+      <c r="L17" t="s">
+        <v>50</v>
+      </c>
+      <c r="M17" t="s">
+        <v>142</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>143</v>
+      </c>
+      <c r="P17" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>145</v>
+      </c>
+      <c r="B18" t="s">
+        <v>146</v>
+      </c>
+      <c r="C18" t="s">
+        <v>46</v>
+      </c>
+      <c r="D18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2018</v>
+      </c>
+      <c r="I18">
+        <v>2024</v>
+      </c>
+      <c r="J18" t="s">
+        <v>141</v>
+      </c>
+      <c r="K18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L18" t="s">
+        <v>147</v>
+      </c>
+      <c r="M18" t="s">
+        <v>148</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>149</v>
+      </c>
+      <c r="P18" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>151</v>
+      </c>
+      <c r="B19" t="s">
+        <v>152</v>
+      </c>
+      <c r="C19" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" t="s">
+        <v>47</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>36</v>
+      </c>
+      <c r="H19">
+        <v>2020</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>49</v>
+      </c>
+      <c r="K19" t="s">
+        <v>38</v>
+      </c>
+      <c r="L19" t="s">
+        <v>153</v>
+      </c>
+      <c r="M19" t="s">
+        <v>142</v>
+      </c>
+      <c r="N19" t="s">
+        <v>154</v>
+      </c>
+      <c r="O19" t="s">
+        <v>155</v>
+      </c>
+      <c r="P19" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>157</v>
+      </c>
+      <c r="B20" t="s">
+        <v>158</v>
+      </c>
+      <c r="C20" t="s">
+        <v>159</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>65</v>
+      </c>
+      <c r="F20" t="s">
+        <v>35</v>
+      </c>
+      <c r="G20" t="s">
+        <v>36</v>
+      </c>
+      <c r="H20">
+        <v>2020</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>160</v>
+      </c>
+      <c r="K20" t="s">
+        <v>58</v>
+      </c>
+      <c r="L20" t="s">
+        <v>59</v>
+      </c>
+      <c r="M20" t="s">
+        <v>161</v>
+      </c>
+      <c r="N20" t="s">
+        <v>100</v>
+      </c>
+      <c r="O20" t="s">
+        <v>162</v>
+      </c>
+      <c r="P20" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>164</v>
+      </c>
+      <c r="B21" t="s">
+        <v>165</v>
+      </c>
+      <c r="C21"/>
+      <c r="D21" t="s">
+        <v>166</v>
+      </c>
+      <c r="E21" t="s">
+        <v>65</v>
+      </c>
+      <c r="F21" t="s">
+        <v>35</v>
+      </c>
+      <c r="G21" t="s">
+        <v>167</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>89</v>
+      </c>
+      <c r="K21" t="s">
+        <v>58</v>
+      </c>
+      <c r="L21" t="s">
+        <v>59</v>
+      </c>
+      <c r="M21" t="s">
+        <v>168</v>
+      </c>
+      <c r="N21" t="s">
+        <v>41</v>
+      </c>
+      <c r="O21" t="s">
+        <v>169</v>
+      </c>
+      <c r="P21"/>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>170</v>
+      </c>
+      <c r="B22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>46</v>
+      </c>
+      <c r="D22" t="s">
+        <v>166</v>
+      </c>
+      <c r="E22" t="s">
+        <v>65</v>
+      </c>
+      <c r="F22" t="s">
+        <v>35</v>
+      </c>
+      <c r="G22" t="s">
+        <v>36</v>
+      </c>
+      <c r="H22">
+        <v>2022</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>171</v>
+      </c>
+      <c r="K22" t="s">
+        <v>58</v>
+      </c>
+      <c r="L22" t="s">
+        <v>59</v>
+      </c>
+      <c r="M22" t="s">
+        <v>172</v>
+      </c>
+      <c r="N22" t="s">
+        <v>41</v>
+      </c>
+      <c r="O22" t="s">
+        <v>173</v>
+      </c>
+      <c r="P22" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>175</v>
+      </c>
+      <c r="B23" t="s">
+        <v>176</v>
+      </c>
+      <c r="C23" t="s">
+        <v>177</v>
+      </c>
+      <c r="D23" t="s">
+        <v>33</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G23" t="s">
+        <v>36</v>
+      </c>
+      <c r="H23">
+        <v>2021</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>74</v>
+      </c>
+      <c r="K23" t="s">
+        <v>58</v>
+      </c>
+      <c r="L23" t="s">
+        <v>178</v>
+      </c>
+      <c r="M23" t="s">
+        <v>179</v>
+      </c>
+      <c r="N23" t="s">
+        <v>41</v>
+      </c>
+      <c r="O23" t="s">
+        <v>180</v>
+      </c>
+      <c r="P23" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>182</v>
+      </c>
+      <c r="B24" t="s">
+        <v>158</v>
+      </c>
+      <c r="C24" t="s">
+        <v>183</v>
+      </c>
+      <c r="D24" t="s">
+        <v>166</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>35</v>
+      </c>
+      <c r="G24" t="s">
+        <v>36</v>
+      </c>
+      <c r="H24">
+        <v>2022</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>184</v>
+      </c>
+      <c r="K24" t="s">
+        <v>58</v>
+      </c>
+      <c r="L24" t="s">
+        <v>59</v>
+      </c>
+      <c r="M24" t="s">
+        <v>185</v>
+      </c>
+      <c r="N24" t="s">
+        <v>41</v>
+      </c>
+      <c r="O24" t="s">
+        <v>186</v>
+      </c>
+      <c r="P24" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>188</v>
+      </c>
+      <c r="B25" t="s">
         <v>31</v>
       </c>
-      <c r="G12">
-[...6 lines deleted...]
-      <c r="J12" t="s">
+      <c r="C25" t="s">
+        <v>189</v>
+      </c>
+      <c r="D25" t="s">
         <v>33</v>
       </c>
-      <c r="K12" t="s">
-[...25 lines deleted...]
-      <c r="E13" t="s">
+      <c r="E25" t="s">
+        <v>34</v>
+      </c>
+      <c r="F25" t="s">
+        <v>35</v>
+      </c>
+      <c r="G25" t="s">
+        <v>36</v>
+      </c>
+      <c r="H25">
+        <v>2022</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>190</v>
+      </c>
+      <c r="K25" t="s">
+        <v>38</v>
+      </c>
+      <c r="L25" t="s">
+        <v>39</v>
+      </c>
+      <c r="M25" t="s">
+        <v>191</v>
+      </c>
+      <c r="N25" t="s">
         <v>41</v>
       </c>
-      <c r="F13" t="s">
-[...11 lines deleted...]
-      <c r="J13" t="s">
+      <c r="O25" t="s">
+        <v>192</v>
+      </c>
+      <c r="P25" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>194</v>
+      </c>
+      <c r="B26" t="s">
+        <v>31</v>
+      </c>
+      <c r="C26" t="s">
+        <v>189</v>
+      </c>
+      <c r="D26" t="s">
         <v>33</v>
       </c>
-      <c r="K13" t="s">
-[...60 lines deleted...]
-      <c r="B15" t="s">
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>35</v>
+      </c>
+      <c r="G26" t="s">
+        <v>36</v>
+      </c>
+      <c r="H26">
+        <v>2022</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>190</v>
+      </c>
+      <c r="K26" t="s">
+        <v>38</v>
+      </c>
+      <c r="L26" t="s">
+        <v>195</v>
+      </c>
+      <c r="M26" t="s">
+        <v>191</v>
+      </c>
+      <c r="N26" t="s">
+        <v>41</v>
+      </c>
+      <c r="O26" t="s">
+        <v>196</v>
+      </c>
+      <c r="P26" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>198</v>
+      </c>
+      <c r="B27" t="s">
+        <v>111</v>
+      </c>
+      <c r="C27" t="s">
+        <v>112</v>
+      </c>
+      <c r="D27" t="s">
         <v>47</v>
       </c>
-      <c r="C15" t="s">
-[...506 lines deleted...]
-      </c>
       <c r="E27" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2011</v>
       </c>
-      <c r="I27" t="s">
+      <c r="I27">
+        <v>2011</v>
+      </c>
+      <c r="J27" t="s">
+        <v>113</v>
+      </c>
+      <c r="K27" t="s">
+        <v>38</v>
+      </c>
+      <c r="L27" t="s">
+        <v>114</v>
+      </c>
+      <c r="M27" t="s">
+        <v>115</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>199</v>
+      </c>
+      <c r="P27" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>201</v>
+      </c>
+      <c r="B28" t="s">
+        <v>202</v>
+      </c>
+      <c r="C28" t="s">
+        <v>203</v>
+      </c>
+      <c r="D28" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>35</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2019</v>
+      </c>
+      <c r="I28">
+        <v>2022</v>
+      </c>
+      <c r="J28" t="s">
         <v>89</v>
       </c>
-      <c r="J27" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="K28" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="L28" t="s">
-        <v>155</v>
+        <v>59</v>
       </c>
       <c r="M28" t="s">
-        <v>36</v>
+        <v>204</v>
       </c>
       <c r="N28" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>41</v>
+      </c>
+      <c r="O28" t="s">
+        <v>205</v>
+      </c>
+      <c r="P28" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>157</v>
+        <v>207</v>
       </c>
       <c r="B29" t="s">
         <v>158</v>
       </c>
       <c r="C29" t="s">
-        <v>28</v>
+        <v>208</v>
       </c>
       <c r="D29" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="E29" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="F29" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G29">
+        <v>35</v>
+      </c>
+      <c r="G29" t="s">
+        <v>96</v>
+      </c>
+      <c r="H29">
         <v>2022</v>
       </c>
-      <c r="H29"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>49</v>
+        <v>97</v>
       </c>
       <c r="K29" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="L29" t="s">
-        <v>159</v>
+        <v>59</v>
       </c>
       <c r="M29" t="s">
-        <v>80</v>
+        <v>209</v>
       </c>
       <c r="N29" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>100</v>
+      </c>
+      <c r="O29" t="s">
+        <v>210</v>
+      </c>
+      <c r="P29" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>161</v>
+        <v>212</v>
       </c>
       <c r="B30" t="s">
-        <v>162</v>
+        <v>213</v>
       </c>
       <c r="C30" t="s">
-        <v>28</v>
+        <v>214</v>
       </c>
       <c r="D30" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="E30" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G30">
+        <v>35</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2018</v>
       </c>
-      <c r="H30">
+      <c r="I30">
         <v>2022</v>
       </c>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>49</v>
+        <v>89</v>
       </c>
       <c r="K30" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="L30" t="s">
-        <v>163</v>
+        <v>59</v>
       </c>
       <c r="M30" t="s">
+        <v>215</v>
+      </c>
+      <c r="N30" t="s">
+        <v>41</v>
+      </c>
+      <c r="O30" t="s">
+        <v>216</v>
+      </c>
+      <c r="P30" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>218</v>
+      </c>
+      <c r="B31" t="s">
+        <v>219</v>
+      </c>
+      <c r="C31" t="s">
+        <v>214</v>
+      </c>
+      <c r="D31" t="s">
+        <v>33</v>
+      </c>
+      <c r="E31" t="s">
+        <v>65</v>
+      </c>
+      <c r="F31" t="s">
+        <v>35</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2018</v>
+      </c>
+      <c r="I31">
+        <v>2022</v>
+      </c>
+      <c r="J31" t="s">
+        <v>89</v>
+      </c>
+      <c r="K31" t="s">
+        <v>90</v>
+      </c>
+      <c r="L31" t="s">
+        <v>59</v>
+      </c>
+      <c r="M31" t="s">
+        <v>215</v>
+      </c>
+      <c r="N31" t="s">
+        <v>41</v>
+      </c>
+      <c r="O31" t="s">
+        <v>220</v>
+      </c>
+      <c r="P31" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>221</v>
+      </c>
+      <c r="B32" t="s">
+        <v>158</v>
+      </c>
+      <c r="C32" t="s">
+        <v>222</v>
+      </c>
+      <c r="D32" t="s">
+        <v>33</v>
+      </c>
+      <c r="E32" t="s">
+        <v>65</v>
+      </c>
+      <c r="F32" t="s">
+        <v>35</v>
+      </c>
+      <c r="G32" t="s">
+        <v>96</v>
+      </c>
+      <c r="H32">
+        <v>2023</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>223</v>
+      </c>
+      <c r="K32" t="s">
+        <v>58</v>
+      </c>
+      <c r="L32" t="s">
+        <v>59</v>
+      </c>
+      <c r="M32" t="s">
+        <v>224</v>
+      </c>
+      <c r="N32" t="s">
+        <v>41</v>
+      </c>
+      <c r="O32" t="s">
+        <v>225</v>
+      </c>
+      <c r="P32" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>227</v>
+      </c>
+      <c r="B33" t="s">
+        <v>228</v>
+      </c>
+      <c r="C33" t="s">
+        <v>229</v>
+      </c>
+      <c r="D33" t="s">
+        <v>33</v>
+      </c>
+      <c r="E33" t="s">
+        <v>65</v>
+      </c>
+      <c r="F33" t="s">
+        <v>66</v>
+      </c>
+      <c r="G33" t="s">
         <v>36</v>
       </c>
-      <c r="N30" t="s">
-[...40 lines deleted...]
-      <c r="M31" t="s">
+      <c r="H33">
+        <v>2010</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>230</v>
+      </c>
+      <c r="K33" t="s">
+        <v>58</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>231</v>
+      </c>
+      <c r="N33" t="s">
+        <v>41</v>
+      </c>
+      <c r="O33" t="s">
+        <v>232</v>
+      </c>
+      <c r="P33" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>234</v>
+      </c>
+      <c r="B34" t="s">
+        <v>235</v>
+      </c>
+      <c r="C34" t="s">
+        <v>236</v>
+      </c>
+      <c r="D34" t="s">
+        <v>33</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>35</v>
+      </c>
+      <c r="G34" t="s">
         <v>36</v>
       </c>
-      <c r="N31" t="s">
+      <c r="H34">
+        <v>2020</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>74</v>
+      </c>
+      <c r="K34" t="s">
+        <v>58</v>
+      </c>
+      <c r="L34" t="s">
+        <v>59</v>
+      </c>
+      <c r="M34" t="s">
+        <v>237</v>
+      </c>
+      <c r="N34" t="s">
+        <v>41</v>
+      </c>
+      <c r="O34" t="s">
+        <v>238</v>
+      </c>
+      <c r="P34" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>234</v>
+      </c>
+      <c r="B35" t="s">
+        <v>240</v>
+      </c>
+      <c r="C35" t="s">
+        <v>241</v>
+      </c>
+      <c r="D35" t="s">
+        <v>33</v>
+      </c>
+      <c r="E35" t="s">
+        <v>65</v>
+      </c>
+      <c r="F35" t="s">
+        <v>35</v>
+      </c>
+      <c r="G35" t="s">
+        <v>36</v>
+      </c>
+      <c r="H35">
+        <v>2021</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>74</v>
+      </c>
+      <c r="K35" t="s">
+        <v>58</v>
+      </c>
+      <c r="L35" t="s">
+        <v>59</v>
+      </c>
+      <c r="M35" t="s">
+        <v>242</v>
+      </c>
+      <c r="N35" t="s">
+        <v>41</v>
+      </c>
+      <c r="O35" t="s">
+        <v>243</v>
+      </c>
+      <c r="P35"/>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>244</v>
+      </c>
+      <c r="B36" t="s">
+        <v>245</v>
+      </c>
+      <c r="C36" t="s">
+        <v>87</v>
+      </c>
+      <c r="D36" t="s">
         <v>166</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A32" t="s">
+      <c r="E36" t="s">
+        <v>34</v>
+      </c>
+      <c r="F36" t="s">
+        <v>35</v>
+      </c>
+      <c r="G36" t="s">
         <v>167</v>
       </c>
-      <c r="B32" t="s">
-[...30 lines deleted...]
-      <c r="M32" t="s">
+      <c r="H36"/>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>89</v>
+      </c>
+      <c r="K36" t="s">
+        <v>58</v>
+      </c>
+      <c r="L36" t="s">
+        <v>59</v>
+      </c>
+      <c r="M36" t="s">
+        <v>91</v>
+      </c>
+      <c r="N36" t="s">
+        <v>41</v>
+      </c>
+      <c r="O36" t="s">
+        <v>246</v>
+      </c>
+      <c r="P36"/>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>247</v>
+      </c>
+      <c r="B37" t="s">
+        <v>248</v>
+      </c>
+      <c r="C37" t="s">
+        <v>249</v>
+      </c>
+      <c r="D37" t="s">
+        <v>33</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>35</v>
+      </c>
+      <c r="G37" t="s">
         <v>36</v>
       </c>
-      <c r="N32" t="s">
-[...16 lines deleted...]
-      <c r="E33" t="s">
+      <c r="H37">
+        <v>2021</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>89</v>
+      </c>
+      <c r="K37" t="s">
+        <v>58</v>
+      </c>
+      <c r="L37" t="s">
+        <v>59</v>
+      </c>
+      <c r="M37" t="s">
+        <v>250</v>
+      </c>
+      <c r="N37" t="s">
+        <v>41</v>
+      </c>
+      <c r="O37" t="s">
+        <v>251</v>
+      </c>
+      <c r="P37" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>253</v>
+      </c>
+      <c r="B38" t="s">
+        <v>254</v>
+      </c>
+      <c r="C38" t="s">
+        <v>255</v>
+      </c>
+      <c r="D38" t="s">
+        <v>256</v>
+      </c>
+      <c r="E38" t="s">
+        <v>65</v>
+      </c>
+      <c r="F38" t="s">
+        <v>66</v>
+      </c>
+      <c r="G38" t="s">
+        <v>36</v>
+      </c>
+      <c r="H38">
+        <v>2017</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>57</v>
+      </c>
+      <c r="K38" t="s">
+        <v>58</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>257</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>258</v>
+      </c>
+      <c r="P38" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>260</v>
+      </c>
+      <c r="B39" t="s">
+        <v>261</v>
+      </c>
+      <c r="C39" t="s">
+        <v>262</v>
+      </c>
+      <c r="D39" t="s">
+        <v>263</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>36</v>
+      </c>
+      <c r="H39">
+        <v>2019</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>264</v>
+      </c>
+      <c r="K39" t="s">
+        <v>58</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>265</v>
+      </c>
+      <c r="N39" t="s">
+        <v>266</v>
+      </c>
+      <c r="O39" t="s">
+        <v>267</v>
+      </c>
+      <c r="P39" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>269</v>
+      </c>
+      <c r="B40" t="s">
+        <v>270</v>
+      </c>
+      <c r="C40" t="s">
+        <v>120</v>
+      </c>
+      <c r="D40" t="s">
+        <v>271</v>
+      </c>
+      <c r="E40" t="s">
+        <v>65</v>
+      </c>
+      <c r="F40" t="s">
+        <v>66</v>
+      </c>
+      <c r="G40" t="s">
+        <v>36</v>
+      </c>
+      <c r="H40">
+        <v>2014</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>272</v>
+      </c>
+      <c r="K40" t="s">
+        <v>38</v>
+      </c>
+      <c r="L40" t="s">
+        <v>273</v>
+      </c>
+      <c r="M40" t="s">
+        <v>274</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>275</v>
+      </c>
+      <c r="P40" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>277</v>
+      </c>
+      <c r="B41" t="s">
+        <v>278</v>
+      </c>
+      <c r="C41" t="s">
+        <v>120</v>
+      </c>
+      <c r="D41" t="s">
+        <v>47</v>
+      </c>
+      <c r="E41" t="s">
+        <v>65</v>
+      </c>
+      <c r="F41" t="s">
+        <v>48</v>
+      </c>
+      <c r="G41" t="s">
+        <v>96</v>
+      </c>
+      <c r="H41">
+        <v>2021</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>279</v>
+      </c>
+      <c r="K41" t="s">
+        <v>38</v>
+      </c>
+      <c r="L41" t="s">
+        <v>280</v>
+      </c>
+      <c r="M41" t="s">
+        <v>281</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>282</v>
+      </c>
+      <c r="P41" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>284</v>
+      </c>
+      <c r="B42" t="s">
+        <v>31</v>
+      </c>
+      <c r="C42" t="s">
+        <v>285</v>
+      </c>
+      <c r="D42" t="s">
+        <v>33</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>35</v>
+      </c>
+      <c r="G42" t="s">
+        <v>36</v>
+      </c>
+      <c r="H42">
+        <v>2017</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>37</v>
+      </c>
+      <c r="K42" t="s">
+        <v>38</v>
+      </c>
+      <c r="L42" t="s">
+        <v>39</v>
+      </c>
+      <c r="M42" t="s">
+        <v>286</v>
+      </c>
+      <c r="N42" t="s">
+        <v>41</v>
+      </c>
+      <c r="O42" t="s">
+        <v>287</v>
+      </c>
+      <c r="P42" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>289</v>
+      </c>
+      <c r="B43" t="s">
+        <v>290</v>
+      </c>
+      <c r="C43" t="s">
+        <v>285</v>
+      </c>
+      <c r="D43" t="s">
+        <v>33</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>35</v>
+      </c>
+      <c r="G43" t="s">
+        <v>36</v>
+      </c>
+      <c r="H43">
+        <v>2020</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>37</v>
+      </c>
+      <c r="K43" t="s">
+        <v>38</v>
+      </c>
+      <c r="L43" t="s">
+        <v>39</v>
+      </c>
+      <c r="M43" t="s">
+        <v>286</v>
+      </c>
+      <c r="N43" t="s">
+        <v>41</v>
+      </c>
+      <c r="O43" t="s">
+        <v>291</v>
+      </c>
+      <c r="P43"/>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>292</v>
+      </c>
+      <c r="B44" t="s">
         <v>55</v>
       </c>
-      <c r="F33" t="s">
-[...16 lines deleted...]
-      <c r="M33" t="s">
+      <c r="C44" t="s">
+        <v>293</v>
+      </c>
+      <c r="D44" t="s">
+        <v>33</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>35</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2016</v>
+      </c>
+      <c r="I44">
+        <v>2017</v>
+      </c>
+      <c r="J44" t="s">
+        <v>57</v>
+      </c>
+      <c r="K44" t="s">
+        <v>58</v>
+      </c>
+      <c r="L44" t="s">
+        <v>59</v>
+      </c>
+      <c r="M44" t="s">
+        <v>294</v>
+      </c>
+      <c r="N44" t="s">
+        <v>41</v>
+      </c>
+      <c r="O44" t="s">
+        <v>295</v>
+      </c>
+      <c r="P44" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>297</v>
+      </c>
+      <c r="B45" t="s">
+        <v>79</v>
+      </c>
+      <c r="C45" t="s">
+        <v>298</v>
+      </c>
+      <c r="D45" t="s">
+        <v>33</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>35</v>
+      </c>
+      <c r="G45" t="s">
         <v>36</v>
       </c>
-      <c r="N33" t="s">
-[...38 lines deleted...]
-      <c r="M34" t="s">
+      <c r="H45">
+        <v>2021</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>74</v>
+      </c>
+      <c r="K45" t="s">
+        <v>58</v>
+      </c>
+      <c r="L45" t="s">
+        <v>59</v>
+      </c>
+      <c r="M45" t="s">
+        <v>299</v>
+      </c>
+      <c r="N45" t="s">
+        <v>41</v>
+      </c>
+      <c r="O45" t="s">
+        <v>300</v>
+      </c>
+      <c r="P45" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>302</v>
+      </c>
+      <c r="B46" t="s">
+        <v>303</v>
+      </c>
+      <c r="C46" t="s">
+        <v>304</v>
+      </c>
+      <c r="D46" t="s">
+        <v>33</v>
+      </c>
+      <c r="E46" t="s">
+        <v>65</v>
+      </c>
+      <c r="F46" t="s">
+        <v>35</v>
+      </c>
+      <c r="G46" t="s">
         <v>36</v>
       </c>
-      <c r="N34" t="s">
-[...22 lines deleted...]
-      <c r="G35">
+      <c r="H46">
         <v>2021</v>
       </c>
-      <c r="H35"/>
-[...49 lines deleted...]
-      <c r="L36" t="s">
+      <c r="I46"/>
+      <c r="J46" t="s">
         <v>74</v>
       </c>
-      <c r="M36" t="s">
-[...183 lines deleted...]
-      <c r="E41" t="s">
+      <c r="K46" t="s">
+        <v>58</v>
+      </c>
+      <c r="L46" t="s">
+        <v>59</v>
+      </c>
+      <c r="M46" t="s">
+        <v>305</v>
+      </c>
+      <c r="N46" t="s">
         <v>41</v>
       </c>
-      <c r="F41" t="s">
-[...235 lines deleted...]
-      </c>
+      <c r="O46" t="s">
+        <v>306</v>
+      </c>
+      <c r="P46"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>