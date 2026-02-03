--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,397 +12,503 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>CEL- Air Cleaners</t>
   </si>
   <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
+  </si>
+  <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
-    <t>October 2025</t>
+    <t>This standard revised minimum energy performance standards and grades for air cleaners:
+ — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
+— Air cleaners with functions for removing particulate matter and gaseous pollutants;
+— Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>Greenmark N146 - Electric Paper Shredders</t>
   </si>
   <si>
+    <t>applicable to the electric paper shredders</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n146-electric-paper-shredders</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/146/8bd92ccf-9b17-46da-8ee3-cb3320d43963.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers-0</t>
+  </si>
+  <si>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -666,835 +772,940 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="169" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="169.816" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="701.829" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...21 lines deleted...]
-      <c r="K3" t="s">
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
         <v>33</v>
       </c>
-      <c r="L3" t="s">
-[...78 lines deleted...]
-      <c r="I5" t="s">
+      <c r="E7" t="s">
         <v>44</v>
       </c>
-      <c r="J5" t="s">
-[...2 lines deleted...]
-      <c r="K5" t="s">
+      <c r="F7" t="s">
         <v>45</v>
       </c>
-      <c r="L5" t="s">
-[...69 lines deleted...]
-        <v>2011</v>
+      <c r="G7" t="s">
+        <v>22</v>
       </c>
       <c r="H7">
         <v>2011</v>
       </c>
-      <c r="I7" t="s">
-        <v>39</v>
+      <c r="I7">
+        <v>2011</v>
       </c>
       <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2004</v>
+      </c>
+      <c r="I10">
+        <v>2020</v>
+      </c>
+      <c r="J10" t="s">
+        <v>53</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M10" t="s">
+        <v>92</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11" t="s">
         <v>32</v>
       </c>
-      <c r="K7" t="s">
-[...9 lines deleted...]
-        <v>57</v>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>96</v>
+      </c>
+      <c r="H11">
+        <v>2018</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>97</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>38</v>
+      </c>
+      <c r="M11" t="s">
+        <v>98</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
+        <v>100</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...22 lines deleted...]
-      <c r="I8" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2018</v>
+      </c>
+      <c r="I12">
+        <v>2024</v>
+      </c>
+      <c r="J12" t="s">
+        <v>97</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>103</v>
+      </c>
+      <c r="M12" t="s">
+        <v>104</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2020</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>109</v>
+      </c>
+      <c r="M13" t="s">
+        <v>98</v>
+      </c>
+      <c r="N13" t="s">
+        <v>110</v>
+      </c>
+      <c r="O13" t="s">
+        <v>111</v>
+      </c>
+      <c r="P13" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C14" t="s">
+        <v>67</v>
+      </c>
+      <c r="D14" t="s">
         <v>60</v>
       </c>
-      <c r="J8" t="s">
-[...12 lines deleted...]
-        <v>63</v>
+      <c r="E14" t="s">
+        <v>44</v>
+      </c>
+      <c r="F14" t="s">
+        <v>45</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>46</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>69</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
-[...77 lines deleted...]
-      <c r="L10" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
         <v>73</v>
       </c>
-      <c r="M10" t="s">
-[...2 lines deleted...]
-      <c r="N10" t="s">
+      <c r="C15" t="s">
         <v>74</v>
       </c>
-    </row>
-[...29 lines deleted...]
-      <c r="K11" t="s">
+      <c r="D15" t="s">
         <v>33</v>
       </c>
-      <c r="L11" t="s">
-[...147 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
       </c>
       <c r="H15">
         <v>2011</v>
       </c>
-      <c r="I15" t="s">
-        <v>60</v>
+      <c r="I15">
+        <v>2011</v>
       </c>
       <c r="J15" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="K15" t="s">
-        <v>61</v>
+        <v>37</v>
       </c>
       <c r="L15" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="N15" t="s">
-        <v>90</v>
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>119</v>
       </c>
     </row>
-    <row r="16" spans="1:14">
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>91</v>
+        <v>120</v>
       </c>
       <c r="B16" t="s">
-        <v>65</v>
+        <v>121</v>
       </c>
       <c r="C16" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="D16" t="s">
+        <v>122</v>
+      </c>
+      <c r="E16" t="s">
+        <v>44</v>
+      </c>
+      <c r="F16" t="s">
+        <v>45</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>123</v>
+      </c>
+      <c r="K16" t="s">
         <v>37</v>
       </c>
-      <c r="E16" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="L16" t="s">
-        <v>95</v>
+        <v>124</v>
       </c>
       <c r="M16" t="s">
-        <v>24</v>
+        <v>125</v>
       </c>
       <c r="N16" t="s">
-        <v>96</v>
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>126</v>
+      </c>
+      <c r="P16" t="s">
+        <v>127</v>
       </c>
     </row>
-    <row r="17" spans="1:14">
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>97</v>
+        <v>128</v>
       </c>
       <c r="B17" t="s">
-        <v>65</v>
+        <v>129</v>
       </c>
       <c r="C17" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
       <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>44</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>130</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>131</v>
+      </c>
+      <c r="K17" t="s">
         <v>37</v>
       </c>
-      <c r="E17" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="L17" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="M17" t="s">
-        <v>24</v>
+        <v>133</v>
       </c>
       <c r="N17" t="s">
-        <v>101</v>
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>134</v>
+      </c>
+      <c r="P17" t="s">
+        <v>135</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>