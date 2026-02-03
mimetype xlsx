--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -501,69 +501,69 @@
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
     <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
   </si>
   <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
@@ -2050,51 +2050,51 @@
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>161</v>
       </c>
       <c r="B21" t="s">
         <v>162</v>
       </c>
       <c r="C21" t="s">
         <v>163</v>
       </c>
       <c r="D21" t="s">
         <v>164</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>34</v>
       </c>
       <c r="G21" t="s">
         <v>35</v>
       </c>
       <c r="H21">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>165</v>
       </c>
       <c r="K21" t="s">
         <v>37</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>166</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>167</v>
       </c>
       <c r="P21" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>169</v>