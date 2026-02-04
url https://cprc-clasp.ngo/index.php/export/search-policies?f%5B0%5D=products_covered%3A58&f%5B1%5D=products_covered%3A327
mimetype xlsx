--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,524 +12,684 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>CQC31-439126-2014. CQC Mark Certification - Dehumidifier</t>
   </si>
   <si>
+    <t>Applies to whole-type or split-type dehumidifiers with a dehumidification capacity of more than 0.16 kg per h</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 19411-2003, GB/T 20109-2006</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439126-2014-cqc-mark-certification-dehumidifier</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/509967.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439802-2018 Safety and Energy conservation certification rules for air source heat pump drying -dehumidifying unit</t>
   </si>
   <si>
+    <t>Applies to air source heat pump drying -dehumidifying unit</t>
+  </si>
+  <si>
     <t>CQC6402-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-439802-2018-safety-and-energy-conservation-certification-rules-air-source-heat-pump</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/553403.shtml</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dehumidifier as specified in the policy document, including standalone and whole house units, are eligible for ENERGY STAR qualification. Dehumidifiers with daily water-removal capacities greater than 185 U.S. pints/87.5 liters are not eligible.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Appendix X to Subpart B of Part 430</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier-0</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standard for portable air conditioners.
+Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
+Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
+1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
+ N is the number of indoor and outdoor units
+ Standby power is expressed in Watts</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -793,1281 +953,1446 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N28"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="183.955" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N3" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G4">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
         <v>2010</v>
       </c>
-      <c r="H4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>43</v>
       </c>
-      <c r="D5" t="s">
-[...8 lines deleted...]
-      <c r="G5">
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
         <v>2011</v>
       </c>
-      <c r="H5"/>
-      <c r="I5" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
         <v>44</v>
       </c>
-      <c r="J5" t="s">
-[...32 lines deleted...]
-      <c r="G6">
+      <c r="H6">
         <v>2011</v>
       </c>
-      <c r="H6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K6"/>
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
       <c r="L6"/>
-      <c r="M6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M6"/>
       <c r="N6" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="B7" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7">
         <v>2012</v>
       </c>
-      <c r="H7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K7"/>
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
       <c r="L7"/>
-      <c r="M7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M7"/>
       <c r="N7" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>42</v>
+        <v>67</v>
       </c>
       <c r="C8" t="s">
         <v>51</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
         <v>2012</v>
       </c>
-      <c r="H8"/>
-      <c r="I8" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>53</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>54</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>72</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>74</v>
+      </c>
+      <c r="F9" t="s">
+        <v>75</v>
+      </c>
+      <c r="G9" t="s">
         <v>44</v>
       </c>
-      <c r="J8" t="s">
-[...3 lines deleted...]
-      <c r="L8" t="s">
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>76</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E10" t="s">
+        <v>74</v>
+      </c>
+      <c r="F10" t="s">
+        <v>75</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>76</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>88</v>
+      </c>
+      <c r="D11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>90</v>
+      </c>
+      <c r="G11" t="s">
+        <v>44</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>45</v>
       </c>
-      <c r="M8" t="s">
-[...120 lines deleted...]
-      </c>
       <c r="K11" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="L11" t="s">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>92</v>
       </c>
       <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>96</v>
+      </c>
+      <c r="D12" t="s">
         <v>73</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" t="s">
+      <c r="E12" t="s">
         <v>74</v>
       </c>
-      <c r="B12" t="s">
+      <c r="F12" t="s">
         <v>75</v>
       </c>
-      <c r="C12" t="s">
-[...11 lines deleted...]
-      <c r="G12">
+      <c r="G12" t="s">
+        <v>44</v>
+      </c>
+      <c r="H12">
         <v>2010</v>
       </c>
-      <c r="H12"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>29</v>
+        <v>97</v>
       </c>
       <c r="K12" t="s">
-        <v>77</v>
+        <v>34</v>
       </c>
       <c r="L12" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="N12" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>80</v>
+        <v>102</v>
       </c>
       <c r="B13" t="s">
-        <v>81</v>
+        <v>103</v>
       </c>
       <c r="C13" t="s">
-        <v>57</v>
+        <v>104</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
-      <c r="I13" t="s">
-        <v>82</v>
+      <c r="I13">
+        <v>2012</v>
       </c>
       <c r="J13" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>106</v>
       </c>
       <c r="N13" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>85</v>
+        <v>109</v>
       </c>
       <c r="B14" t="s">
-        <v>86</v>
+        <v>110</v>
       </c>
       <c r="C14" t="s">
-        <v>87</v>
+        <v>111</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>112</v>
       </c>
       <c r="E14" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G14">
+        <v>90</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2016</v>
       </c>
-      <c r="H14">
+      <c r="I14">
         <v>2019</v>
       </c>
-      <c r="I14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J14" t="s">
+        <v>113</v>
+      </c>
+      <c r="K14" t="s">
+        <v>114</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>115</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>116</v>
+      </c>
+      <c r="P14" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>118</v>
+      </c>
+      <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D15" t="s">
+        <v>73</v>
+      </c>
+      <c r="E15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F15" t="s">
+        <v>75</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>76</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>121</v>
+      </c>
+      <c r="M15" t="s">
+        <v>122</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C16" t="s">
+        <v>127</v>
+      </c>
+      <c r="D16" t="s">
         <v>89</v>
       </c>
-      <c r="K14"/>
-      <c r="L14" t="s">
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>44</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>45</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>91</v>
+      </c>
+      <c r="M16" t="s">
+        <v>128</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>96</v>
+      </c>
+      <c r="D17" t="s">
+        <v>73</v>
+      </c>
+      <c r="E17" t="s">
+        <v>74</v>
+      </c>
+      <c r="F17" t="s">
+        <v>75</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17">
+        <v>2013</v>
+      </c>
+      <c r="J17" t="s">
+        <v>97</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>133</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>134</v>
+      </c>
+      <c r="P17" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>136</v>
+      </c>
+      <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
+        <v>138</v>
+      </c>
+      <c r="D18" t="s">
+        <v>63</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>76</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>139</v>
+      </c>
+      <c r="M18" t="s">
+        <v>140</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>141</v>
+      </c>
+      <c r="P18"/>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>142</v>
+      </c>
+      <c r="B19" t="s">
+        <v>143</v>
+      </c>
+      <c r="C19" t="s">
+        <v>144</v>
+      </c>
+      <c r="D19" t="s">
+        <v>145</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>90</v>
       </c>
-      <c r="M14" t="s">
-[...46 lines deleted...]
-      <c r="N15" t="s">
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>146</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>147</v>
+      </c>
+      <c r="M19" t="s">
+        <v>148</v>
+      </c>
+      <c r="N19" t="s">
+        <v>36</v>
+      </c>
+      <c r="O19" t="s">
+        <v>149</v>
+      </c>
+      <c r="P19" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>151</v>
+      </c>
+      <c r="B20" t="s">
+        <v>152</v>
+      </c>
+      <c r="C20" t="s">
+        <v>153</v>
+      </c>
+      <c r="D20" t="s">
+        <v>154</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>43</v>
+      </c>
+      <c r="G20" t="s">
+        <v>44</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20">
+        <v>2024</v>
+      </c>
+      <c r="J20" t="s">
+        <v>155</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>156</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>157</v>
+      </c>
+      <c r="P20" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" t="s">
         <v>96</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" t="s">
+      <c r="D21" t="s">
+        <v>73</v>
+      </c>
+      <c r="E21" t="s">
+        <v>74</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>44</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
         <v>97</v>
       </c>
-      <c r="B16" t="s">
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
         <v>98</v>
       </c>
-      <c r="C16" t="s">
-[...24 lines deleted...]
-      <c r="L16" t="s">
+      <c r="M21" t="s">
         <v>99</v>
       </c>
-      <c r="M16" t="s">
-[...44 lines deleted...]
-      <c r="N17" t="s">
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>161</v>
+      </c>
+      <c r="P21" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>163</v>
+      </c>
+      <c r="B22" t="s">
+        <v>164</v>
+      </c>
+      <c r="C22" t="s">
+        <v>41</v>
+      </c>
+      <c r="D22" t="s">
+        <v>42</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>44</v>
+      </c>
+      <c r="H22">
+        <v>2010</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>45</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>46</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>165</v>
+      </c>
+      <c r="P22" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>167</v>
+      </c>
+      <c r="B23" t="s">
         <v>103</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" t="s">
+      <c r="C23" t="s">
         <v>104</v>
       </c>
-      <c r="B18" t="s">
-[...214 lines deleted...]
-      </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="E23" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
-      <c r="I23" t="s">
-        <v>82</v>
+      <c r="I23">
+        <v>2012</v>
       </c>
       <c r="J23" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>106</v>
       </c>
       <c r="N23" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>168</v>
+      </c>
+      <c r="P23" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>128</v>
+        <v>169</v>
       </c>
       <c r="B24" t="s">
-        <v>117</v>
+        <v>170</v>
       </c>
       <c r="C24" t="s">
-        <v>118</v>
+        <v>153</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>154</v>
       </c>
       <c r="E24" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>171</v>
+      </c>
+      <c r="H24">
         <v>2024</v>
       </c>
-      <c r="H24"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>156</v>
       </c>
       <c r="N24" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>172</v>
+      </c>
+      <c r="P24" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="B25"/>
       <c r="C25" t="s">
-        <v>57</v>
+        <v>96</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="E25" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2011</v>
       </c>
-      <c r="H25">
+      <c r="I25">
         <v>2018</v>
       </c>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>175</v>
       </c>
       <c r="N25" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>176</v>
+      </c>
+      <c r="P25" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>133</v>
+        <v>178</v>
       </c>
       <c r="B26" t="s">
-        <v>75</v>
+        <v>179</v>
       </c>
       <c r="C26" t="s">
-        <v>57</v>
+        <v>96</v>
       </c>
       <c r="D26" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="E26" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>43</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
       </c>
       <c r="H26">
         <v>2011</v>
       </c>
-      <c r="I26" t="s">
-        <v>76</v>
+      <c r="I26">
+        <v>2011</v>
       </c>
       <c r="J26" t="s">
-        <v>29</v>
+        <v>97</v>
       </c>
       <c r="K26" t="s">
-        <v>77</v>
+        <v>34</v>
       </c>
       <c r="L26" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="N26" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>180</v>
+      </c>
+      <c r="P26" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>135</v>
+        <v>182</v>
       </c>
       <c r="B27" t="s">
-        <v>110</v>
+        <v>183</v>
       </c>
       <c r="C27" t="s">
-        <v>57</v>
+        <v>144</v>
       </c>
       <c r="D27" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="E27" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G27">
+        <v>75</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2013</v>
       </c>
-      <c r="H27">
+      <c r="I27">
         <v>2020</v>
       </c>
-      <c r="I27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="K27" t="s">
-        <v>136</v>
+        <v>34</v>
       </c>
       <c r="L27" t="s">
-        <v>137</v>
+        <v>184</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>185</v>
       </c>
       <c r="N27" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>186</v>
+      </c>
+      <c r="P27" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>139</v>
+        <v>188</v>
       </c>
       <c r="B28" t="s">
-        <v>140</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
+        <v>190</v>
+      </c>
+      <c r="D28" t="s">
+        <v>52</v>
+      </c>
+      <c r="E28" t="s">
+        <v>74</v>
+      </c>
+      <c r="F28" t="s">
         <v>43</v>
       </c>
-      <c r="D28" t="s">
-[...8 lines deleted...]
-      <c r="G28">
+      <c r="G28" t="s">
+        <v>44</v>
+      </c>
+      <c r="H28">
         <v>2006</v>
       </c>
-      <c r="H28"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>29</v>
+        <v>191</v>
       </c>
       <c r="K28" t="s">
-        <v>142</v>
+        <v>34</v>
       </c>
       <c r="L28" t="s">
-        <v>143</v>
+        <v>192</v>
       </c>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>193</v>
       </c>
       <c r="N28" t="s">
-        <v>144</v>
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>194</v>
+      </c>
+      <c r="P28" t="s">
+        <v>195</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>