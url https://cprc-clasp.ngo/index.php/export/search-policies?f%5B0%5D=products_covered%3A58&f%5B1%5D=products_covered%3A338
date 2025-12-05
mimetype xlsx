--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,653 +12,859 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="246">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
+  </si>
+  <si>
     <t>CQC31-439126-2014. CQC Mark Certification - Dehumidifier</t>
   </si>
   <si>
+    <t>Applies to whole-type or split-type dehumidifiers with a dehumidification capacity of more than 0.16 kg per h</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 19411-2003, GB/T 20109-2006</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439126-2014-cqc-mark-certification-dehumidifier</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/509967.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439802-2018 Safety and Energy conservation certification rules for air source heat pump drying -dehumidifying unit</t>
   </si>
   <si>
+    <t>Applies to air source heat pump drying -dehumidifying unit</t>
+  </si>
+  <si>
     <t>CQC6402-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-439802-2018-safety-and-energy-conservation-certification-rules-air-source-heat-pump</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/553403.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-horizontal-drum-washing-machine</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dehumidifier as specified in the policy document, including standalone and whole house units, are eligible for ENERGY STAR qualification. Dehumidifiers with daily water-removal capacities greater than 185 U.S. pints/87.5 liters are not eligible.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Appendix X to Subpart B of Part 430</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
+  </si>
+  <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
+    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+  </si>
+  <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier-0</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
+  </si>
+  <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Washing Machines and Washer-Dryers</t>
   </si>
   <si>
+    <t>Applies to electric mains-operated household washing machines and household washer-dryers, including—
+(a) built-in washing machines and washer-dryers; and
+(b) machines that can also be powered by batteries.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-washing-machines</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/4/made</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -922,1467 +1128,1660 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N32"/>
+  <dimension ref="A1:P32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="176.814" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...26 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F5" t="s">
+        <v>55</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>54</v>
+      </c>
+      <c r="F6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>45</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>54</v>
+      </c>
+      <c r="F7" t="s">
+        <v>55</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>45</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>34</v>
       </c>
-    </row>
-[...192 lines deleted...]
-        <v>2012</v>
+      <c r="G8" t="s">
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2012</v>
       </c>
-      <c r="I8" t="s">
-        <v>62</v>
+      <c r="I8">
+        <v>2012</v>
       </c>
       <c r="J8" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
+        <v>45</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="N8" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>65</v>
+        <v>81</v>
       </c>
       <c r="B9" t="s">
-        <v>61</v>
+        <v>82</v>
       </c>
       <c r="C9" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2000</v>
       </c>
-      <c r="H9">
+      <c r="I9">
         <v>2009</v>
       </c>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>38</v>
+        <v>77</v>
       </c>
       <c r="K9" t="s">
-        <v>67</v>
+        <v>45</v>
       </c>
       <c r="L9" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="N9" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
       <c r="B10" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="C10" t="s">
-        <v>71</v>
+        <v>89</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>90</v>
       </c>
       <c r="E10" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G10">
+        <v>91</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2016</v>
       </c>
-      <c r="H10">
+      <c r="I10">
         <v>2019</v>
       </c>
-      <c r="I10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>74</v>
-[...4 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="K10" t="s">
+        <v>93</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>94</v>
       </c>
       <c r="N10" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="C11" t="s">
-        <v>66</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="E11" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>55</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
-      <c r="I11" t="s">
-        <v>78</v>
+      <c r="I11">
+        <v>2015</v>
       </c>
       <c r="J11" t="s">
+        <v>99</v>
+      </c>
+      <c r="K11" t="s">
+        <v>45</v>
+      </c>
+      <c r="L11" t="s">
+        <v>25</v>
+      </c>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" t="s">
+        <v>53</v>
+      </c>
+      <c r="E12" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" t="s">
+        <v>55</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>56</v>
+      </c>
+      <c r="K12" t="s">
+        <v>45</v>
+      </c>
+      <c r="L12" t="s">
+        <v>106</v>
+      </c>
+      <c r="M12" t="s">
+        <v>107</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>112</v>
+      </c>
+      <c r="D13" t="s">
+        <v>113</v>
+      </c>
+      <c r="E13" t="s">
+        <v>54</v>
+      </c>
+      <c r="F13" t="s">
+        <v>114</v>
+      </c>
+      <c r="G13" t="s">
+        <v>115</v>
+      </c>
+      <c r="H13">
+        <v>2024</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>116</v>
+      </c>
+      <c r="K13" t="s">
+        <v>45</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>117</v>
+      </c>
+      <c r="N13" t="s">
         <v>38</v>
       </c>
-      <c r="K11" t="s">
+      <c r="O13" t="s">
+        <v>118</v>
+      </c>
+      <c r="P13" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B14" t="s">
+        <v>121</v>
+      </c>
+      <c r="C14" t="s">
+        <v>68</v>
+      </c>
+      <c r="D14" t="s">
+        <v>53</v>
+      </c>
+      <c r="E14" t="s">
+        <v>54</v>
+      </c>
+      <c r="F14" t="s">
+        <v>55</v>
+      </c>
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="L11" t="s">
-[...19 lines deleted...]
-      <c r="D12" t="s">
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>69</v>
+      </c>
+      <c r="K14" t="s">
         <v>45</v>
       </c>
-      <c r="E12" t="s">
-[...5 lines deleted...]
-      <c r="G12">
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>122</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>123</v>
+      </c>
+      <c r="P14" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B15" t="s">
+        <v>126</v>
+      </c>
+      <c r="C15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D15" t="s">
+        <v>83</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>56</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>128</v>
+      </c>
+      <c r="M15" t="s">
+        <v>129</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>130</v>
+      </c>
+      <c r="P15" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>132</v>
+      </c>
+      <c r="B16" t="s">
+        <v>133</v>
+      </c>
+      <c r="C16" t="s">
+        <v>127</v>
+      </c>
+      <c r="D16" t="s">
+        <v>83</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2012</v>
       </c>
-      <c r="H12">
-[...31 lines deleted...]
-      <c r="D13" t="s">
+      <c r="I16">
+        <v>2013</v>
+      </c>
+      <c r="J16" t="s">
+        <v>56</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>134</v>
+      </c>
+      <c r="M16" t="s">
+        <v>129</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>135</v>
+      </c>
+      <c r="P16" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C17" t="s">
+        <v>139</v>
+      </c>
+      <c r="D17" t="s">
+        <v>140</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>91</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2020</v>
+      </c>
+      <c r="J17" t="s">
+        <v>141</v>
+      </c>
+      <c r="K17" t="s">
         <v>45</v>
       </c>
-      <c r="E13" t="s">
-[...36 lines deleted...]
-      <c r="D14" t="s">
+      <c r="L17" t="s">
+        <v>142</v>
+      </c>
+      <c r="M17" t="s">
+        <v>143</v>
+      </c>
+      <c r="N17" t="s">
+        <v>144</v>
+      </c>
+      <c r="O17" t="s">
+        <v>145</v>
+      </c>
+      <c r="P17" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>147</v>
+      </c>
+      <c r="B18" t="s">
+        <v>148</v>
+      </c>
+      <c r="C18" t="s">
+        <v>68</v>
+      </c>
+      <c r="D18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E18" t="s">
+        <v>54</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K18" t="s">
         <v>45</v>
       </c>
-      <c r="E14" t="s">
-[...191 lines deleted...]
-      </c>
       <c r="L18" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="M18" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="N18" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>149</v>
+      </c>
+      <c r="P18" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>114</v>
+        <v>151</v>
       </c>
       <c r="B19" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E19" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
-      <c r="I19" t="s">
-        <v>62</v>
+      <c r="I19">
+        <v>2012</v>
       </c>
       <c r="J19" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="K19" t="s">
+        <v>45</v>
+      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
+        <v>78</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>152</v>
+      </c>
+      <c r="P19" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>153</v>
+      </c>
+      <c r="B20"/>
+      <c r="C20" t="s">
+        <v>68</v>
+      </c>
+      <c r="D20" t="s">
+        <v>53</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20">
+        <v>2018</v>
+      </c>
+      <c r="J20" t="s">
+        <v>92</v>
+      </c>
+      <c r="K20" t="s">
+        <v>45</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>154</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>155</v>
+      </c>
+      <c r="P20" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>157</v>
+      </c>
+      <c r="B21" t="s">
+        <v>158</v>
+      </c>
+      <c r="C21" t="s">
+        <v>159</v>
+      </c>
+      <c r="D21" t="s">
+        <v>160</v>
+      </c>
+      <c r="E21" t="s">
+        <v>54</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>69</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N19" t="s">
+      <c r="L21" t="s">
+        <v>161</v>
+      </c>
+      <c r="M21" t="s">
+        <v>162</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>163</v>
+      </c>
+      <c r="P21" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>165</v>
+      </c>
+      <c r="B22" t="s">
+        <v>166</v>
+      </c>
+      <c r="C22" t="s">
+        <v>167</v>
+      </c>
+      <c r="D22" t="s">
+        <v>168</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>91</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22">
+        <v>2021</v>
+      </c>
+      <c r="J22" t="s">
+        <v>169</v>
+      </c>
+      <c r="K22" t="s">
+        <v>170</v>
+      </c>
+      <c r="L22" t="s">
+        <v>171</v>
+      </c>
+      <c r="M22" t="s">
+        <v>172</v>
+      </c>
+      <c r="N22" t="s">
+        <v>144</v>
+      </c>
+      <c r="O22" t="s">
+        <v>173</v>
+      </c>
+      <c r="P22" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>175</v>
+      </c>
+      <c r="B23" t="s">
+        <v>176</v>
+      </c>
+      <c r="C23" t="s">
+        <v>177</v>
+      </c>
+      <c r="D23" t="s">
+        <v>113</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>178</v>
+      </c>
+      <c r="G23" t="s">
         <v>115</v>
       </c>
-    </row>
-[...52 lines deleted...]
-      <c r="D21" t="s">
+      <c r="H23">
+        <v>2024</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>179</v>
+      </c>
+      <c r="K23" t="s">
         <v>45</v>
       </c>
-      <c r="E21" t="s">
-[...103 lines deleted...]
-      </c>
       <c r="L23" t="s">
-        <v>138</v>
+        <v>180</v>
       </c>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>181</v>
       </c>
       <c r="N23" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>182</v>
+      </c>
+      <c r="P23" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>140</v>
+        <v>184</v>
       </c>
       <c r="B24" t="s">
-        <v>141</v>
+        <v>185</v>
       </c>
       <c r="C24" t="s">
-        <v>142</v>
+        <v>186</v>
       </c>
       <c r="D24" t="s">
+        <v>187</v>
+      </c>
+      <c r="E24" t="s">
+        <v>54</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24">
+        <v>2014</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>188</v>
+      </c>
+      <c r="K24" t="s">
         <v>45</v>
       </c>
-      <c r="E24" t="s">
-[...18 lines deleted...]
-      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>189</v>
       </c>
       <c r="N24" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>190</v>
+      </c>
+      <c r="P24" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>146</v>
+        <v>192</v>
       </c>
       <c r="B25" t="s">
-        <v>55</v>
+        <v>193</v>
       </c>
       <c r="C25" t="s">
-        <v>44</v>
+        <v>68</v>
       </c>
       <c r="D25" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="E25" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
       </c>
       <c r="H25">
         <v>2011</v>
       </c>
-      <c r="I25" t="s">
-        <v>56</v>
+      <c r="I25">
+        <v>2011</v>
       </c>
       <c r="J25" t="s">
-        <v>38</v>
+        <v>69</v>
       </c>
       <c r="K25" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="L25" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="M25" t="s">
+        <v>71</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>194</v>
+      </c>
+      <c r="P25" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>196</v>
+      </c>
+      <c r="B26" t="s">
+        <v>197</v>
+      </c>
+      <c r="C26" t="s">
+        <v>198</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>91</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2007</v>
+      </c>
+      <c r="I26">
+        <v>2018</v>
+      </c>
+      <c r="J26" t="s">
+        <v>199</v>
+      </c>
+      <c r="K26" t="s">
+        <v>45</v>
+      </c>
+      <c r="L26" t="s">
+        <v>200</v>
+      </c>
+      <c r="M26" t="s">
+        <v>201</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>202</v>
+      </c>
+      <c r="P26" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>204</v>
+      </c>
+      <c r="B27" t="s">
+        <v>205</v>
+      </c>
+      <c r="C27" t="s">
+        <v>206</v>
+      </c>
+      <c r="D27" t="s">
+        <v>207</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>35</v>
+      </c>
+      <c r="H27">
+        <v>2016</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>92</v>
+      </c>
+      <c r="K27" t="s">
+        <v>45</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>208</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>209</v>
+      </c>
+      <c r="P27" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>211</v>
+      </c>
+      <c r="B28" t="s">
+        <v>212</v>
+      </c>
+      <c r="C28" t="s">
+        <v>206</v>
+      </c>
+      <c r="D28" t="s">
+        <v>213</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>35</v>
+      </c>
+      <c r="H28">
+        <v>2017</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>92</v>
+      </c>
+      <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="N25" t="s">
-[...66 lines deleted...]
-      <c r="G27">
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>208</v>
+      </c>
+      <c r="N28" t="s">
+        <v>144</v>
+      </c>
+      <c r="O28" t="s">
+        <v>214</v>
+      </c>
+      <c r="P28" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>216</v>
+      </c>
+      <c r="B29" t="s">
+        <v>217</v>
+      </c>
+      <c r="C29" t="s">
+        <v>32</v>
+      </c>
+      <c r="D29" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>35</v>
+      </c>
+      <c r="H29">
+        <v>2021</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>36</v>
+      </c>
+      <c r="K29" t="s">
+        <v>45</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29"/>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>218</v>
+      </c>
+      <c r="P29" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>220</v>
+      </c>
+      <c r="B30" t="s">
+        <v>221</v>
+      </c>
+      <c r="C30" t="s">
+        <v>139</v>
+      </c>
+      <c r="D30" t="s">
+        <v>53</v>
+      </c>
+      <c r="E30" t="s">
+        <v>54</v>
+      </c>
+      <c r="F30" t="s">
+        <v>55</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2013</v>
+      </c>
+      <c r="I30">
+        <v>2020</v>
+      </c>
+      <c r="J30" t="s">
+        <v>222</v>
+      </c>
+      <c r="K30" t="s">
+        <v>45</v>
+      </c>
+      <c r="L30" t="s">
+        <v>223</v>
+      </c>
+      <c r="M30" t="s">
+        <v>224</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>225</v>
+      </c>
+      <c r="P30" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>227</v>
+      </c>
+      <c r="B31" t="s">
+        <v>228</v>
+      </c>
+      <c r="C31" t="s">
+        <v>229</v>
+      </c>
+      <c r="D31" t="s">
+        <v>230</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>91</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2012</v>
+      </c>
+      <c r="I31">
+        <v>2014</v>
+      </c>
+      <c r="J31" t="s">
+        <v>231</v>
+      </c>
+      <c r="K31" t="s">
+        <v>45</v>
+      </c>
+      <c r="L31" t="s">
+        <v>232</v>
+      </c>
+      <c r="M31" t="s">
+        <v>233</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>234</v>
+      </c>
+      <c r="P31" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>236</v>
+      </c>
+      <c r="B32" t="s">
+        <v>237</v>
+      </c>
+      <c r="C32" t="s">
+        <v>238</v>
+      </c>
+      <c r="D32" t="s">
+        <v>239</v>
+      </c>
+      <c r="E32" t="s">
+        <v>54</v>
+      </c>
+      <c r="F32" t="s">
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2015</v>
+      </c>
+      <c r="I32">
         <v>2016</v>
       </c>
-      <c r="H27"/>
-[...140 lines deleted...]
-      <c r="A31" t="s">
+      <c r="J32" t="s">
         <v>169</v>
       </c>
-      <c r="B31" t="s">
-[...69 lines deleted...]
-      </c>
       <c r="K32" t="s">
-        <v>180</v>
+        <v>240</v>
       </c>
       <c r="L32" t="s">
-        <v>181</v>
+        <v>241</v>
       </c>
       <c r="M32" t="s">
-        <v>182</v>
+        <v>242</v>
       </c>
       <c r="N32" t="s">
-        <v>183</v>
+        <v>243</v>
+      </c>
+      <c r="O32" t="s">
+        <v>244</v>
+      </c>
+      <c r="P32" t="s">
+        <v>245</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>