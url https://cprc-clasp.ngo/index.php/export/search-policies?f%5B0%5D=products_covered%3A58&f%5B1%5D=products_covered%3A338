--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="246">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="245">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -364,72 +364,66 @@
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
     <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
   </si>
   <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
     <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
@@ -566,50 +560,53 @@
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
 a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
 b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
 c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
@@ -1748,1004 +1745,1006 @@
       </c>
       <c r="L12" t="s">
         <v>106</v>
       </c>
       <c r="M12" t="s">
         <v>107</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>108</v>
       </c>
       <c r="P12" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>110</v>
       </c>
       <c r="B13" t="s">
         <v>111</v>
       </c>
       <c r="C13" t="s">
+        <v>52</v>
+      </c>
+      <c r="D13" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="E13" t="s">
         <v>54</v>
       </c>
       <c r="F13" t="s">
+        <v>113</v>
+      </c>
+      <c r="G13" t="s">
+        <v>8</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2024</v>
+      </c>
+      <c r="J13" t="s">
         <v>114</v>
-      </c>
-[...8 lines deleted...]
-        <v>116</v>
       </c>
       <c r="K13" t="s">
         <v>45</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="N13" t="s">
         <v>38</v>
       </c>
       <c r="O13" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="P13" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B14" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>53</v>
       </c>
       <c r="E14" t="s">
         <v>54</v>
       </c>
       <c r="F14" t="s">
         <v>55</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2011</v>
       </c>
       <c r="I14">
         <v>2013</v>
       </c>
       <c r="J14" t="s">
         <v>69</v>
       </c>
       <c r="K14" t="s">
         <v>45</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="P14" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
+        <v>124</v>
+      </c>
+      <c r="C15" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
       <c r="D15" t="s">
         <v>83</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15">
         <v>2014</v>
       </c>
       <c r="J15" t="s">
         <v>56</v>
       </c>
       <c r="K15" t="s">
         <v>37</v>
       </c>
       <c r="L15" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="M15" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="P15" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B16" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C16" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="D16" t="s">
         <v>83</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
       <c r="I16">
         <v>2013</v>
       </c>
       <c r="J16" t="s">
         <v>56</v>
       </c>
       <c r="K16" t="s">
         <v>37</v>
       </c>
       <c r="L16" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="M16" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="P16" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>135</v>
+      </c>
+      <c r="B17" t="s">
+        <v>136</v>
+      </c>
+      <c r="C17" t="s">
         <v>137</v>
       </c>
-      <c r="B17" t="s">
+      <c r="D17" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>91</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2008</v>
       </c>
       <c r="I17">
         <v>2020</v>
       </c>
       <c r="J17" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="K17" t="s">
         <v>45</v>
       </c>
       <c r="L17" t="s">
+        <v>140</v>
+      </c>
+      <c r="M17" t="s">
+        <v>141</v>
+      </c>
+      <c r="N17" t="s">
         <v>142</v>
       </c>
-      <c r="M17" t="s">
+      <c r="O17" t="s">
         <v>143</v>
       </c>
-      <c r="N17" t="s">
+      <c r="P17" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="B18" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C18" t="s">
         <v>68</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
       <c r="E18" t="s">
         <v>54</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>35</v>
       </c>
       <c r="H18">
         <v>2011</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>69</v>
       </c>
       <c r="K18" t="s">
         <v>45</v>
       </c>
       <c r="L18" t="s">
         <v>70</v>
       </c>
       <c r="M18" t="s">
         <v>71</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="P18" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B19" t="s">
         <v>75</v>
       </c>
       <c r="C19" t="s">
         <v>76</v>
       </c>
       <c r="D19" t="s">
         <v>53</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
       <c r="I19">
         <v>2012</v>
       </c>
       <c r="J19" t="s">
         <v>77</v>
       </c>
       <c r="K19" t="s">
         <v>45</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>78</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="P19" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="B20"/>
       <c r="C20" t="s">
         <v>68</v>
       </c>
       <c r="D20" t="s">
         <v>53</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2011</v>
       </c>
       <c r="I20">
         <v>2018</v>
       </c>
       <c r="J20" t="s">
         <v>92</v>
       </c>
       <c r="K20" t="s">
         <v>45</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="P20" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>155</v>
+      </c>
+      <c r="B21" t="s">
+        <v>156</v>
+      </c>
+      <c r="C21" t="s">
         <v>157</v>
       </c>
-      <c r="B21" t="s">
+      <c r="D21" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
       <c r="E21" t="s">
         <v>54</v>
       </c>
       <c r="F21" t="s">
         <v>34</v>
       </c>
       <c r="G21" t="s">
         <v>35</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>69</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="M21" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="P21" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>163</v>
+      </c>
+      <c r="B22" t="s">
+        <v>164</v>
+      </c>
+      <c r="C22" t="s">
         <v>165</v>
       </c>
-      <c r="B22" t="s">
+      <c r="D22" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>91</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2017</v>
       </c>
       <c r="I22">
         <v>2021</v>
       </c>
       <c r="J22" t="s">
+        <v>167</v>
+      </c>
+      <c r="K22" t="s">
+        <v>168</v>
+      </c>
+      <c r="L22" t="s">
         <v>169</v>
       </c>
-      <c r="K22" t="s">
+      <c r="M22" t="s">
         <v>170</v>
       </c>
-      <c r="L22" t="s">
+      <c r="N22" t="s">
+        <v>142</v>
+      </c>
+      <c r="O22" t="s">
         <v>171</v>
       </c>
-      <c r="M22" t="s">
+      <c r="P22" t="s">
         <v>172</v>
-      </c>
-[...7 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>173</v>
+      </c>
+      <c r="B23" t="s">
+        <v>174</v>
+      </c>
+      <c r="C23" t="s">
         <v>175</v>
       </c>
-      <c r="B23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D23" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="G23" t="s">
-        <v>115</v>
+        <v>177</v>
       </c>
       <c r="H23">
         <v>2024</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="K23" t="s">
         <v>45</v>
       </c>
       <c r="L23" t="s">
+        <v>179</v>
+      </c>
+      <c r="M23" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
+        <v>181</v>
+      </c>
+      <c r="P23" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>183</v>
+      </c>
+      <c r="B24" t="s">
         <v>184</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>185</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="E24" t="s">
         <v>54</v>
       </c>
       <c r="F24" t="s">
         <v>34</v>
       </c>
       <c r="G24" t="s">
         <v>35</v>
       </c>
       <c r="H24">
         <v>2014</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="K24" t="s">
         <v>45</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
+        <v>189</v>
+      </c>
+      <c r="P24" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>191</v>
+      </c>
+      <c r="B25" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="C25" t="s">
         <v>68</v>
       </c>
       <c r="D25" t="s">
         <v>53</v>
       </c>
       <c r="E25" t="s">
         <v>54</v>
       </c>
       <c r="F25" t="s">
         <v>34</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2011</v>
       </c>
       <c r="I25">
         <v>2011</v>
       </c>
       <c r="J25" t="s">
         <v>69</v>
       </c>
       <c r="K25" t="s">
         <v>45</v>
       </c>
       <c r="L25" t="s">
         <v>70</v>
       </c>
       <c r="M25" t="s">
         <v>71</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
+        <v>193</v>
+      </c>
+      <c r="P25" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>195</v>
+      </c>
+      <c r="B26" t="s">
         <v>196</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="D26" t="s">
         <v>33</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>91</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2007</v>
       </c>
       <c r="I26">
         <v>2018</v>
       </c>
       <c r="J26" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="K26" t="s">
         <v>45</v>
       </c>
       <c r="L26" t="s">
+        <v>199</v>
+      </c>
+      <c r="M26" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
+        <v>201</v>
+      </c>
+      <c r="P26" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>203</v>
+      </c>
+      <c r="B27" t="s">
         <v>204</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>205</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>35</v>
       </c>
       <c r="H27">
         <v>2016</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>92</v>
       </c>
       <c r="K27" t="s">
         <v>45</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
+        <v>208</v>
+      </c>
+      <c r="P27" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>210</v>
+      </c>
+      <c r="B28" t="s">
         <v>211</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
+        <v>205</v>
+      </c>
+      <c r="D28" t="s">
         <v>212</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>34</v>
       </c>
       <c r="G28" t="s">
         <v>35</v>
       </c>
       <c r="H28">
         <v>2017</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>92</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="N28" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="O28" t="s">
+        <v>213</v>
+      </c>
+      <c r="P28" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>215</v>
+      </c>
+      <c r="B29" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="C29" t="s">
         <v>32</v>
       </c>
       <c r="D29" t="s">
         <v>33</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>35</v>
       </c>
       <c r="H29">
         <v>2021</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>36</v>
       </c>
       <c r="K29" t="s">
         <v>45</v>
       </c>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
+        <v>217</v>
+      </c>
+      <c r="P29" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>219</v>
+      </c>
+      <c r="B30" t="s">
         <v>220</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="D30" t="s">
         <v>53</v>
       </c>
       <c r="E30" t="s">
         <v>54</v>
       </c>
       <c r="F30" t="s">
         <v>55</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2013</v>
       </c>
       <c r="I30">
         <v>2020</v>
       </c>
       <c r="J30" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="K30" t="s">
         <v>45</v>
       </c>
       <c r="L30" t="s">
+        <v>222</v>
+      </c>
+      <c r="M30" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
+        <v>224</v>
+      </c>
+      <c r="P30" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>226</v>
+      </c>
+      <c r="B31" t="s">
         <v>227</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>228</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>91</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2012</v>
       </c>
       <c r="I31">
         <v>2014</v>
       </c>
       <c r="J31" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="K31" t="s">
         <v>45</v>
       </c>
       <c r="L31" t="s">
+        <v>231</v>
+      </c>
+      <c r="M31" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
+        <v>233</v>
+      </c>
+      <c r="P31" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>235</v>
+      </c>
+      <c r="B32" t="s">
         <v>236</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>237</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="E32" t="s">
         <v>54</v>
       </c>
       <c r="F32" t="s">
         <v>34</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2015</v>
       </c>
       <c r="I32">
         <v>2016</v>
       </c>
       <c r="J32" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="K32" t="s">
+        <v>239</v>
+      </c>
+      <c r="L32" t="s">
         <v>240</v>
       </c>
-      <c r="L32" t="s">
+      <c r="M32" t="s">
         <v>241</v>
       </c>
-      <c r="M32" t="s">
+      <c r="N32" t="s">
         <v>242</v>
       </c>
-      <c r="N32" t="s">
+      <c r="O32" t="s">
         <v>243</v>
       </c>
-      <c r="O32" t="s">
+      <c r="P32" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">