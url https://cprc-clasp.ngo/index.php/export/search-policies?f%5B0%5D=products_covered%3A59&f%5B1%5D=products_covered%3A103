--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,282 +12,340 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Irons</t>
   </si>
   <si>
+    <t>This program covers electric irons types: dry types, steam types, and steam iron system types.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Irons</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60311 Edition 4.1:2006-02</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-irons</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/iron.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric irons TGL-87-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dry electric irons and electric steam irons, including electric irons with separate water containers or boilers with a capacity of no more than 5 liters for home use and similar purposes and a rated voltage that does not exceed 250 volts.</t>
   </si>
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
+  </si>
+  <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
     <t>Laundry, Irons</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
+  </si>
+  <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
+    <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -551,489 +609,546 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="131" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="581.429" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2013</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2001</v>
+      </c>
+      <c r="I4">
         <v>2013</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
+        <v>49</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>58</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>70</v>
+      </c>
+      <c r="G8" t="s">
+        <v>71</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>73</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>70</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>72</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>73</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...283 lines deleted...]
-        <v>60</v>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>