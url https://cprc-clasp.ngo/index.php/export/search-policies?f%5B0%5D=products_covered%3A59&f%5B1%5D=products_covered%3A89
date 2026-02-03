--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,289 +12,338 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ice Makers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Automatic Commercial Ice Maker as specified in the policy document that are air-cooled batch or continuous type, and of IMH, RCU, or SCU design, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Air-cooled RCUs designed for connection to remote rack compressors that are alternately sold (with the same model number) with a dedicated remote condensing unit are also eligible for ENERGY STAR qualification (based on measured performance with the associated dedicated condensing unit).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>10 CFR Part 431.134</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-ice-makers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ice_makers/partners</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
   </si>
   <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -558,451 +607,502 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="102" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="146" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="674.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="146.107" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="123.827" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2001</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H7">
+        <v>1986</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>47</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...21 lines deleted...]
-      <c r="H3">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>35</v>
+      </c>
+      <c r="G8" t="s">
+        <v>74</v>
+      </c>
+      <c r="H8">
         <v>2013</v>
       </c>
-      <c r="I3" t="s">
-[...31 lines deleted...]
-      <c r="E4" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
         <v>39</v>
       </c>
-      <c r="F4" t="s">
-[...192 lines deleted...]
-        <v>63</v>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>