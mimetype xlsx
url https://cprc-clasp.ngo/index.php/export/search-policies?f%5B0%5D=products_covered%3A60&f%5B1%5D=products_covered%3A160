--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,272 +12,321 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>Greenmark N127 - Hand Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n127-hand-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -541,443 +590,494 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="77" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="122" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="449.319" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2003</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4">
+        <v>1983</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H5">
         <v>2014</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>32</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>33</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>32</v>
+      </c>
+      <c r="K6" t="s">
+        <v>53</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>40</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>70</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...239 lines deleted...]
-        <v>58</v>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>